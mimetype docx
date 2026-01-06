--- v0 (2026-01-05)
+++ v1 (2026-01-06)
@@ -3,542 +3,628 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4AB7E075" w14:textId="77777777" w:rsidR="0013161B" w:rsidRPr="0018041C" w:rsidRDefault="00174168" w:rsidP="0013161B">
+    <w:p w14:paraId="4AB7E075" w14:textId="2339C9D2" w:rsidR="0013161B" w:rsidRPr="0018041C" w:rsidRDefault="00174168" w:rsidP="00821081">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">Adding </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D92AF4">
+        <w:t>Adding</w:t>
+      </w:r>
+      <w:r w:rsidR="00821081">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">an </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> or Removing </w:t>
+      </w:r>
+      <w:r w:rsidR="00D92AF4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Admin Assistant</w:t>
-[...17 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...377 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Admin Assistant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B2AC678" w14:textId="77777777" w:rsidR="0013161B" w:rsidRDefault="0013161B" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030C9488" w14:textId="6C3C1B1A" w:rsidR="0013161B" w:rsidRDefault="0013161B" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">When </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>to use</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Admin Assistant field:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Admin assistant permission allows the user to work on behalf of the </w:t>
+      </w:r>
       <w:r w:rsidRPr="0035707E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Line Manager </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>to approv</w:t>
+      </w:r>
+      <w:r w:rsidR="007C130D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">planned </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>Leave (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">like </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>holiday</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>s or working from home) requests</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F40C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14AADBF5" w14:textId="73B252AF" w:rsidR="0013161B" w:rsidRDefault="0013161B" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B1AE835" w14:textId="77777777" w:rsidR="00EE4544" w:rsidRDefault="00EE4544" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79C50278" w14:textId="24DFA0FE" w:rsidR="0013161B" w:rsidRPr="009F40C2" w:rsidRDefault="0013161B" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F40C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Who can set up an Admin Assistant: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>Department</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s Leave and Absence </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>Administrators</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9" w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>Staff Hub</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidR="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>People</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00227741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Systems Team.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15FCBCD8" w14:textId="724AEAA1" w:rsidR="0013161B" w:rsidRDefault="0013161B" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F18173A" w14:textId="77777777" w:rsidR="00EE4544" w:rsidRPr="009F40C2" w:rsidRDefault="00EE4544" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BE558B4" w14:textId="44B40184" w:rsidR="0013161B" w:rsidRPr="009F40C2" w:rsidRDefault="0013161B" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>How do</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the Admin Assistant work: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009656AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An Admin assistant </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6070">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>needs to be added</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009656AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9" w:rsidRPr="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ine </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE78B9" w:rsidRPr="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>anager’s profile</w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6070" w:rsidRPr="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA6070">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>allowing the admin assistant to</w:t>
+      </w:r>
+      <w:r w:rsidR="008C42C9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">receive alerts for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A94C3F" w:rsidRPr="00A94C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A94C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>the line manager’s direct reports</w:t>
+      </w:r>
+      <w:r w:rsidR="001111AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A94C3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4888A7A3" w14:textId="0C798BF0" w:rsidR="00A94C3F" w:rsidRDefault="00A94C3F" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DFA3AE6" w14:textId="77777777" w:rsidR="00EE4544" w:rsidRDefault="00EE4544" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D940589" w14:textId="063FEAFD" w:rsidR="0013161B" w:rsidRDefault="0013161B" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Steps to assign an admin assistant</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D92AF4" w:rsidRPr="0035707E">
+      </w:pPr>
+      <w:r w:rsidRPr="0035707E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> against a</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0035707E">
+        <w:t>Steps to assign</w:t>
+      </w:r>
+      <w:r w:rsidR="00821081">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve"> line manager</w:t>
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> or remove</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035707E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="20D0913E" w14:textId="606BA299" w:rsidR="00DE78B9" w:rsidRPr="00DE78B9" w:rsidRDefault="00DE78B9" w:rsidP="00DE78B9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D92AF4" w:rsidRPr="0035707E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0035707E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> line manager</w:t>
+      </w:r>
+      <w:r w:rsidR="00821081">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00821081" w:rsidRPr="0035707E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">admin assistant </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4267356E" w14:textId="77777777" w:rsidR="00EE4544" w:rsidRPr="0035707E" w:rsidRDefault="00EE4544" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20D0913E" w14:textId="6D91E2C8" w:rsidR="00DE78B9" w:rsidRPr="00DE78B9" w:rsidRDefault="00DE78B9" w:rsidP="00DE78B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve">Click on the </w:t>
       </w:r>
       <w:r w:rsidR="0013161B" w:rsidRPr="000133ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
@@ -560,117 +646,123 @@
         </w:rPr>
         <w:t xml:space="preserve"> and use the View another user search box to t</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE78B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve">ype in </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve">and select </w:t>
       </w:r>
       <w:r w:rsidRPr="00DE78B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
-        <w:t>the Line manager</w:t>
+        <w:t xml:space="preserve">the Line </w:t>
+      </w:r>
+      <w:r w:rsidR="0063415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE78B9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>anager</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE78B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> name</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="1C49BA99" w14:textId="5386E4CB" w:rsidR="00DE78B9" w:rsidRDefault="00DE78B9" w:rsidP="00DE78B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0506056C" wp14:editId="04E6604F">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0506056C" wp14:editId="5F2B5AE8">
+            <wp:extent cx="2722560" cy="904875"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="0"/>
             <wp:docPr id="1" name="Picture 1" descr="View another user box"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="Picture 1" descr="View another user box"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2370429" cy="787840"/>
+                      <a:ext cx="2748229" cy="913406"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="790419BB" w14:textId="77777777" w:rsidR="00EE4544" w:rsidRPr="00DE78B9" w:rsidRDefault="00EE4544" w:rsidP="00DE78B9">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1913D545" w14:textId="77777777" w:rsidR="00553B1D" w:rsidRDefault="00DE78B9" w:rsidP="00553B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
@@ -824,240 +916,280 @@
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidR="0064288C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve">Line Manager and Admin Assistant </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1CC2CD79" w14:textId="727AC80C" w:rsidR="004E4EA1" w:rsidRPr="0064288C" w:rsidRDefault="004E4EA1" w:rsidP="0064288C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000133ED">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65DA510E" wp14:editId="556297B3">
-            <wp:extent cx="5229225" cy="2460417"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="65DA510E" wp14:editId="37C10AD9">
+            <wp:extent cx="5567063" cy="2619375"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="53" name="Picture 53" descr="My Admin page: full view with Admin Assistant field highlighted"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="53" name="Picture 53" descr="My Admin page: full view with Admin Assistant field highlighted"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5408998" cy="2545003"/>
+                      <a:ext cx="5761129" cy="2710685"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B597755" w14:textId="77777777" w:rsidR="00EE4544" w:rsidRDefault="00EE4544" w:rsidP="004E4EA1">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2063ED52" w14:textId="77777777" w:rsidR="00EE4544" w:rsidRDefault="00EE4544" w:rsidP="00EE4544">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AB412CA" w14:textId="77777777" w:rsidR="00EE4544" w:rsidRPr="0064288C" w:rsidRDefault="00EE4544" w:rsidP="0064288C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6EBECAF4" w14:textId="3D5E6738" w:rsidR="00553B1D" w:rsidRDefault="0064288C" w:rsidP="00EE4544">
+    <w:p w14:paraId="6EBECAF4" w14:textId="64EBED2C" w:rsidR="00553B1D" w:rsidRDefault="0064288C" w:rsidP="00EE4544">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Management record</w:t>
       </w:r>
       <w:r w:rsidR="004E4EA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve"> (such as Head of a Department</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
-        <w:t xml:space="preserve"> or Senior Manager</w:t>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>Senior Manager</w:t>
       </w:r>
       <w:r w:rsidR="004E4EA1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00EE4544">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
-        <w:t>This will hold an extra line that shows the line manager own admin assistant.</w:t>
+        <w:t xml:space="preserve">This will hold an extra line that shows the line </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>manager</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> own admin assistant.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46A77B70" w14:textId="31782FC6" w:rsidR="0013161B" w:rsidRPr="00EE4544" w:rsidRDefault="00EE4544" w:rsidP="00553B1D">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0064288C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t>With three fields: the Line Manager, the Line Managers own Admin Assistant and Admin Assistant</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61E10006" w14:textId="69EA1E9D" w:rsidR="004E4EA1" w:rsidRDefault="00EE4544" w:rsidP="0064288C">
+    <w:p w14:paraId="6DC9215F" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0064288C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61E10006" w14:textId="1D4B5358" w:rsidR="004E4EA1" w:rsidRDefault="00EE4544" w:rsidP="0064288C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02652FEC" wp14:editId="0CEDC704">
-            <wp:extent cx="4962043" cy="2459355"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="02652FEC" wp14:editId="66674905">
+            <wp:extent cx="5323339" cy="2638425"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Picture 5" descr="Part of the My Admin page with Admin Assistant field highlighted"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="5" name="Picture 5" descr="Part of the My Admin page with Admin Assistant field highlighted"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId9"/>
                     <a:srcRect l="7103" t="16577" b="1"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4996185" cy="2476277"/>
+                      <a:ext cx="5362780" cy="2657973"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7185A25B" w14:textId="77777777" w:rsidR="004E4EA1" w:rsidRPr="000133ED" w:rsidRDefault="004E4EA1" w:rsidP="00D92AF4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="center"/>
@@ -1141,116 +1273,150 @@
       </w:r>
       <w:r w:rsidRPr="000133ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve"> search results select the appropriate name.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409E29F0" w14:textId="3AFF5B01" w:rsidR="0013161B" w:rsidRDefault="0013161B" w:rsidP="006B36E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000133ED">
         <w:rPr>
           <w:noProof/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F574AF4" wp14:editId="458E65ED">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7F574AF4" wp14:editId="088E0F0D">
+            <wp:extent cx="3491857" cy="2162175"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="55" name="Picture 55" descr="Admin Assistant field: Drop down menu"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="55" name="Picture 55" descr="Admin Assistant field: Drop down menu"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId10"/>
                     <a:srcRect r="462" b="2435"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2755630" cy="1706300"/>
+                      <a:ext cx="3579928" cy="2216709"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7152F9EC" w14:textId="174AB44B" w:rsidR="007106D5" w:rsidRDefault="007106D5" w:rsidP="006B36E6">
+    <w:p w14:paraId="2609E61A" w14:textId="77777777" w:rsidR="003B35EF" w:rsidRDefault="003B35EF" w:rsidP="006B36E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27F367E8" w14:textId="77777777" w:rsidR="007106D5" w:rsidRPr="000133ED" w:rsidRDefault="007106D5" w:rsidP="006B36E6">
+    <w:p w14:paraId="733CC245" w14:textId="364EC787" w:rsidR="003B35EF" w:rsidRPr="003B35EF" w:rsidRDefault="003B35EF" w:rsidP="003B35EF">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B35EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+        </w:rPr>
+        <w:t>To Remove: Click into the field and delete the name from the field</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7152F9EC" w14:textId="174AB44B" w:rsidR="007106D5" w:rsidRDefault="007106D5" w:rsidP="006B36E6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EBBB189" w14:textId="77777777" w:rsidR="0013161B" w:rsidRPr="000133ED" w:rsidRDefault="0013161B" w:rsidP="0013161B">
+    <w:p w14:paraId="27F367E8" w14:textId="77777777" w:rsidR="007106D5" w:rsidRPr="000133ED" w:rsidRDefault="007106D5" w:rsidP="006B36E6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EBBB189" w14:textId="0D24480D" w:rsidR="0013161B" w:rsidRPr="000133ED" w:rsidRDefault="0013161B" w:rsidP="0013161B">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000133ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve">Scroll down the page and hit the green </w:t>
       </w:r>
       <w:r w:rsidRPr="000133ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
@@ -1288,784 +1454,1701 @@
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="000133ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t>button</w:t>
       </w:r>
+      <w:r w:rsidR="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to save</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="519683F9" w14:textId="77777777" w:rsidR="0013161B" w:rsidRDefault="0013161B" w:rsidP="0013161B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1651D1EF" w14:textId="2511829F" w:rsidR="00A351BE" w:rsidRPr="008A60C2" w:rsidRDefault="00A351BE" w:rsidP="008A60C2">
+    <w:p w14:paraId="4A9C7CED" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="482B22AE" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20691006" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20FC3C84" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0013161B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A66C16D" w14:textId="1F580F0E" w:rsidR="0063415D" w:rsidRDefault="00A351BE" w:rsidP="008A60C2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="8" w:space="1" w:color="auto" w:shadow="1"/>
           <w:left w:val="single" w:sz="8" w:space="4" w:color="auto" w:shadow="1"/>
           <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto" w:shadow="1"/>
           <w:right w:val="single" w:sz="8" w:space="4" w:color="auto" w:shadow="1"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="40" w:after="40"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A60C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>APPROVERS</w:t>
       </w:r>
       <w:r w:rsidRPr="008A60C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> WILL HAVE THE REQUESTS SITTING IN THE </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0063415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(both the Line Manager and </w:t>
+      </w:r>
+      <w:r w:rsidR="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>their noted</w:t>
+      </w:r>
+      <w:r w:rsidR="0063415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Admin Assistant) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1651D1EF" w14:textId="1EAFD40D" w:rsidR="00A351BE" w:rsidRPr="008A60C2" w:rsidRDefault="00A351BE" w:rsidP="008A60C2">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="8" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:left w:val="single" w:sz="8" w:space="4" w:color="auto" w:shadow="1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="1" w:color="auto" w:shadow="1"/>
+          <w:right w:val="single" w:sz="8" w:space="4" w:color="auto" w:shadow="1"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="40" w:after="40"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A60C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">WILL HAVE THE REQUESTS SITTING IN THE </w:t>
       </w:r>
       <w:r w:rsidRPr="008A60C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>TASK LIST</w:t>
       </w:r>
       <w:r w:rsidRPr="008A60C2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ON THE TEAMSEER HOME PAGE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BEF7592" w14:textId="656E2E99" w:rsidR="0013161B" w:rsidRPr="0035707E" w:rsidRDefault="008A60C2" w:rsidP="009607AC">
+    <w:p w14:paraId="24E7971E" w14:textId="29153E09" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="009607AC">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0035707E">
-[...458 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...172 lines deleted...]
-        <w:rPr>
           <w:noProof/>
         </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EF999DD" wp14:editId="749A9B4D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2171700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>667385</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3914775" cy="4667250"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1357427625" name="Text Box 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3914775" cy="4667250"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:tbl>
+                            <w:tblPr>
+                              <w:tblStyle w:val="TableGrid"/>
+                              <w:tblW w:w="0" w:type="auto"/>
+                              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                            </w:tblPr>
+                            <w:tblGrid>
+                              <w:gridCol w:w="2738"/>
+                              <w:gridCol w:w="3057"/>
+                            </w:tblGrid>
+                            <w:tr w:rsidR="0063415D" w14:paraId="3C00FCDA" w14:textId="77777777" w:rsidTr="00DA23CC">
+                              <w:trPr>
+                                <w:trHeight w:val="318"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2738" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="52F4C39F" w14:textId="41327E1A" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                                  <w:r>
+                                    <w:t xml:space="preserve">         Line Manager</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3057" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="130182BB" w14:textId="746EA702" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                                  <w:r>
+                                    <w:t xml:space="preserve">           Admin Assistant</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="0063415D" w14:paraId="6B767E32" w14:textId="77777777" w:rsidTr="00DA23CC">
+                              <w:trPr>
+                                <w:trHeight w:val="300"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2738" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="103EC9D7" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D"/>
+                                <w:p w14:paraId="68F02E43" w14:textId="71A2DE80" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D">
+                                  <w:r>
+                                    <w:t xml:space="preserve">         Line Manager</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="0CF10486" w14:textId="705CF655" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:u w:val="single"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3057" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="3AA237CC" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D">
+                                  <w:r>
+                                    <w:t xml:space="preserve">           </w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="15474D8B" w14:textId="48F24C18" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:u w:val="single"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                  <w:r>
+                                    <w:t xml:space="preserve">           Admin Assistant</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="0063415D" w14:paraId="037690D6" w14:textId="77777777" w:rsidTr="00DA23CC">
+                              <w:trPr>
+                                <w:trHeight w:val="318"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2738" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="7BD0DA41" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="6202244E" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="0100195F" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="73BC6993" w14:textId="3FB00B15" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                                  <w:r w:rsidRPr="0063415D">
+                                    <w:t xml:space="preserve">       </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="0063415D">
+                                    <w:t xml:space="preserve"> Line Manager</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="78AE8FD0" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="5802D080" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="17A61144" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="3BD446EA" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3057" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="31AC2E82" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="2EC6C890" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="4298D666" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="59B1577F" w14:textId="125E1DF5" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                                  <w:r w:rsidRPr="0063415D">
+                                    <w:t xml:space="preserve">     </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:t xml:space="preserve">    </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="0063415D">
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:t xml:space="preserve"> </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="0063415D">
+                                    <w:t>Admin Assistant</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="0063415D" w14:paraId="1D2E025E" w14:textId="77777777" w:rsidTr="00DA23CC">
+                              <w:trPr>
+                                <w:trHeight w:val="2639"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2738" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="7E25D301" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:u w:val="single"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                                <w:p w14:paraId="46B9946D" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:u w:val="single"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                                <w:p w14:paraId="3D8B99CD" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:u w:val="single"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                                <w:p w14:paraId="07BEE45C" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                                  <w:r w:rsidRPr="0063415D">
+                                    <w:t xml:space="preserve">      </w:t>
+                                  </w:r>
+                                  <w:r>
+                                    <w:t xml:space="preserve">  </w:t>
+                                  </w:r>
+                                  <w:r w:rsidRPr="0063415D">
+                                    <w:t xml:space="preserve"> Line Manager</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="003AA6F0" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="0BD24A9B" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="09A2F506" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="20D3575C" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D"/>
+                                <w:p w14:paraId="769F1238" w14:textId="4AF4D0C4" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3057" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="4F8ADC30" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                                  <w:pPr>
+                                    <w:rPr>
+                                      <w:u w:val="single"/>
+                                    </w:rPr>
+                                  </w:pPr>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="0063415D" w14:paraId="5CE5E5FF" w14:textId="77777777" w:rsidTr="00DA23CC">
+                              <w:trPr>
+                                <w:trHeight w:val="318"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2738" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="177EFB4E" w14:textId="453889B4" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                                  <w:r>
+                                    <w:t xml:space="preserve">         Line Manager</w:t>
+                                  </w:r>
+                                </w:p>
+                                <w:p w14:paraId="091D9D54" w14:textId="40603157" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                                  <w:r>
+                                    <w:t xml:space="preserve">   </w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3057" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="50295670" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="0063415D" w14:paraId="121BF531" w14:textId="77777777" w:rsidTr="00DA23CC">
+                              <w:trPr>
+                                <w:trHeight w:val="300"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2738" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="7AB54345" w14:textId="21307976" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                                  <w:r>
+                                    <w:t xml:space="preserve">        Line Manager</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3057" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="16E2B3E4" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                              </w:tc>
+                            </w:tr>
+                            <w:tr w:rsidR="00DA23CC" w14:paraId="378A2601" w14:textId="77777777" w:rsidTr="00DA23CC">
+                              <w:trPr>
+                                <w:trHeight w:val="300"/>
+                              </w:trPr>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="2738" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="303C783C" w14:textId="6FAADC3C" w:rsidR="00DA23CC" w:rsidRDefault="00DA23CC">
+                                  <w:r>
+                                    <w:t xml:space="preserve">        Line Manager</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                              <w:tc>
+                                <w:tcPr>
+                                  <w:tcW w:w="3057" w:type="dxa"/>
+                                  <w:tcBorders>
+                                    <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                    <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                                  </w:tcBorders>
+                                </w:tcPr>
+                                <w:p w14:paraId="1ADD5171" w14:textId="524CC151" w:rsidR="00DA23CC" w:rsidRPr="0063415D" w:rsidRDefault="00DA23CC">
+                                  <w:r>
+                                    <w:t xml:space="preserve">           Admin Assistant</w:t>
+                                  </w:r>
+                                </w:p>
+                              </w:tc>
+                            </w:tr>
+                          </w:tbl>
+                          <w:p w14:paraId="792FE1AF" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="2EF999DD" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:171pt;margin-top:52.55pt;width:308.25pt;height:367.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDyS72yMQIAAH0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vjhJc+mMOEWWIsOA&#10;oi2QDn1WZCk2IImapMTOvn6U4lzWFRgw7EUmRYqXw0PP7lqtyF44X4Mp6KDXp0QYDmVttgX9/rL6&#10;dEuJD8yUTIERBT0IT+/mHz/MGpuLIVSgSuEIBjE+b2xBqxBsnmWeV0Iz3wMrDBolOM0Cqm6blY41&#10;GF2rbNjvT7IGXGkdcOE93t4fjXSe4kspeHiS0otAVEGxtpBOl85NPLP5jOVbx2xV864M9g9VaFYb&#10;THoOdc8CIztX/xFK19yBBxl6HHQGUtZcpB6wm0H/TTfrilmRekFwvD3D5P9fWP64X9tnR0L7BVoc&#10;YASksT73eBn7aaXT8YuVErQjhIczbKINhOPlzefBaDodU8LRNppMpsNxAja7PLfOh68CNIlCQR3O&#10;JcHF9g8+YEp0PbnEbB5UXa5qpZISuSCWypE9wymqkIrEF795KUOagk5uMPXfImy270TAeMpgIZfm&#10;oxTaTdshsoHygEA5OHLIW76qsZkH5sMzc0gaxAYXITzhIRVgMdBJlFTgfr53H/1xlmilpEESFtT/&#10;2DEnKFHfDE4ZgR1F1iZlNJ4OUXHXls21xez0EhChAa6c5UmM/kGdROlAv+K+LGJWNDHDMXdBw0lc&#10;huNq4L5xsVgkJ+SpZeHBrC2PoSO4cVQv7StztptnQCo8womuLH8z1qNvfGlgsQsg6zTzCPAR1Q53&#10;5HiiQrePcYmu9eR1+WvMfwEAAP//AwBQSwMEFAAGAAgAAAAhAKN2LAXgAAAACwEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj0FLw0AUhO+C/2F5gje7mzaRNGZTgiKCCmL10ts2+0yC2bchu23Tf+/zpMdh&#10;hplvys3sBnHEKfSeNCQLBQKp8banVsPnx+NNDiJEQ9YMnlDDGQNsqsuL0hTWn+gdj9vYCi6hUBgN&#10;XYxjIWVoOnQmLPyIxN6Xn5yJLKdW2smcuNwNcqnUrXSmJ17ozIj3HTbf24PT8JzuzMMqvuA50vxW&#10;10/5mIZXra+v5voORMQ5/oXhF5/RoWKmvT+QDWLQsEqX/CWyobIEBCfWWZ6B2GvIU5WArEr5/0P1&#10;AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPJLvbIxAgAAfQQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKN2LAXgAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAiwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;" fillcolor="white [3201]" strokecolor="white [3212]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:tbl>
+                      <w:tblPr>
+                        <w:tblStyle w:val="TableGrid"/>
+                        <w:tblW w:w="0" w:type="auto"/>
+                        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+                      </w:tblPr>
+                      <w:tblGrid>
+                        <w:gridCol w:w="2738"/>
+                        <w:gridCol w:w="3057"/>
+                      </w:tblGrid>
+                      <w:tr w:rsidR="0063415D" w14:paraId="3C00FCDA" w14:textId="77777777" w:rsidTr="00DA23CC">
+                        <w:trPr>
+                          <w:trHeight w:val="318"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2738" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="52F4C39F" w14:textId="41327E1A" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                            <w:r>
+                              <w:t xml:space="preserve">         Line Manager</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3057" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="130182BB" w14:textId="746EA702" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                            <w:r>
+                              <w:t xml:space="preserve">           Admin Assistant</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="0063415D" w14:paraId="6B767E32" w14:textId="77777777" w:rsidTr="00DA23CC">
+                        <w:trPr>
+                          <w:trHeight w:val="300"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2738" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="103EC9D7" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D"/>
+                          <w:p w14:paraId="68F02E43" w14:textId="71A2DE80" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D">
+                            <w:r>
+                              <w:t xml:space="preserve">         Line Manager</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0CF10486" w14:textId="705CF655" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3057" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="3AA237CC" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D">
+                            <w:r>
+                              <w:t xml:space="preserve">           </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="15474D8B" w14:textId="48F24C18" w:rsidR="0063415D" w:rsidRDefault="0063415D" w:rsidP="0063415D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:t xml:space="preserve">           Admin Assistant</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="0063415D" w14:paraId="037690D6" w14:textId="77777777" w:rsidTr="00DA23CC">
+                        <w:trPr>
+                          <w:trHeight w:val="318"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2738" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="7BD0DA41" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="6202244E" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="0100195F" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="73BC6993" w14:textId="3FB00B15" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                            <w:r w:rsidRPr="0063415D">
+                              <w:t xml:space="preserve">       </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0063415D">
+                              <w:t xml:space="preserve"> Line Manager</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="78AE8FD0" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="5802D080" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="17A61144" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="3BD446EA" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3057" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="31AC2E82" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="2EC6C890" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="4298D666" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="59B1577F" w14:textId="125E1DF5" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                            <w:r w:rsidRPr="0063415D">
+                              <w:t xml:space="preserve">     </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve">    </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0063415D">
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0063415D">
+                              <w:t>Admin Assistant</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="0063415D" w14:paraId="1D2E025E" w14:textId="77777777" w:rsidTr="00DA23CC">
+                        <w:trPr>
+                          <w:trHeight w:val="2639"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2738" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="7E25D301" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="46B9946D" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="3D8B99CD" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="07BEE45C" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                            <w:r w:rsidRPr="0063415D">
+                              <w:t xml:space="preserve">      </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:t xml:space="preserve">  </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0063415D">
+                              <w:t xml:space="preserve"> Line Manager</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="003AA6F0" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="0BD24A9B" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="09A2F506" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="20D3575C" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D"/>
+                          <w:p w14:paraId="769F1238" w14:textId="4AF4D0C4" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3057" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="4F8ADC30" w14:textId="77777777" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="0063415D" w14:paraId="5CE5E5FF" w14:textId="77777777" w:rsidTr="00DA23CC">
+                        <w:trPr>
+                          <w:trHeight w:val="318"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2738" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="177EFB4E" w14:textId="453889B4" w:rsidR="0063415D" w:rsidRDefault="0063415D">
+                            <w:r>
+                              <w:t xml:space="preserve">         Line Manager</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="091D9D54" w14:textId="40603157" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                            <w:r>
+                              <w:t xml:space="preserve">   </w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3057" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="50295670" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="0063415D" w14:paraId="121BF531" w14:textId="77777777" w:rsidTr="00DA23CC">
+                        <w:trPr>
+                          <w:trHeight w:val="300"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2738" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="7AB54345" w14:textId="21307976" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                            <w:r>
+                              <w:t xml:space="preserve">        Line Manager</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3057" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="16E2B3E4" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D"/>
+                        </w:tc>
+                      </w:tr>
+                      <w:tr w:rsidR="00DA23CC" w14:paraId="378A2601" w14:textId="77777777" w:rsidTr="00DA23CC">
+                        <w:trPr>
+                          <w:trHeight w:val="300"/>
+                        </w:trPr>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="2738" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="303C783C" w14:textId="6FAADC3C" w:rsidR="00DA23CC" w:rsidRDefault="00DA23CC">
+                            <w:r>
+                              <w:t xml:space="preserve">        Line Manager</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                        <w:tc>
+                          <w:tcPr>
+                            <w:tcW w:w="3057" w:type="dxa"/>
+                            <w:tcBorders>
+                              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+                            </w:tcBorders>
+                          </w:tcPr>
+                          <w:p w14:paraId="1ADD5171" w14:textId="524CC151" w:rsidR="00DA23CC" w:rsidRPr="0063415D" w:rsidRDefault="00DA23CC">
+                            <w:r>
+                              <w:t xml:space="preserve">           Admin Assistant</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:tc>
+                      </w:tr>
+                    </w:tbl>
+                    <w:p w14:paraId="792FE1AF" w14:textId="77777777" w:rsidR="0063415D" w:rsidRPr="0063415D" w:rsidRDefault="0063415D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="0063415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25CD1A0C" wp14:editId="06E3E353">
-[...2 lines deleted...]
-            <wp:docPr id="4" name="Picture 4" descr="Receive alternate approval email drop down box with three options: Always, Never or Only if the primary approver is on holiday"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3572605E" wp14:editId="365948C9">
+            <wp:extent cx="5943600" cy="561975"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="1029226192" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="4" name="Picture 4" descr="Receive alternate approval email drop down box with three options: Always, Never or Only if the primary approver is on holiday"/>
+                    <pic:cNvPr id="1029226192" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
-                  <pic:blipFill>
+                  <pic:blipFill rotWithShape="1">
                     <a:blip r:embed="rId12"/>
+                    <a:srcRect b="89096"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5076825" cy="876300"/>
+                      <a:ext cx="5943600" cy="561975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="0063415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BB0DD49" wp14:editId="32D0ED04">
+            <wp:extent cx="2247900" cy="4582160"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:docPr id="1502061119" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1502061119" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId12"/>
+                    <a:srcRect t="11089" r="62179"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2247900" cy="4582160"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAEE9A1" w14:textId="73F65660" w:rsidR="00463B63" w:rsidRDefault="00463B63" w:rsidP="0064288C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C5C995C" wp14:editId="63D2A30F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2171700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>762635</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3771900" cy="314325"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2140971043" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1"/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3771900" cy="314325"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:schemeClr val="lt1"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:schemeClr val="bg1"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="119BBC1C" w14:textId="4A3E0C0E" w:rsidR="00463B63" w:rsidRDefault="00463B63">
+                            <w:r>
+                              <w:t xml:space="preserve">                                            Line Manager</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4C5C995C" id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:171pt;margin-top:60.05pt;width:297pt;height:24.75pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAQmJTlNgIAAIMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X2zno12NOEWWIsOA&#10;oC2QDj0rshwLkEVNUmJnv36UnK92PQ27KKRIP5GPj5ned40ie2GdBF3QbJBSIjSHUuptQX++LL98&#10;pcR5pkumQIuCHoSj97PPn6atycUQalClsARBtMtbU9Dae5MnieO1aJgbgBEagxXYhnl07TYpLWsR&#10;vVHJME1vkhZsaSxw4RzePvRBOov4VSW4f6oqJzxRBcXafDxtPDfhTGZTlm8tM7XkxzLYP1TRMKnx&#10;0TPUA/OM7Kz8C6qR3IKDyg84NAlUleQi9oDdZOm7btY1MyL2guQ4c6bJ/T9Y/rhfm2dLfPcNOhxg&#10;IKQ1Lnd4GfrpKtuEX6yUYBwpPJxpE50nHC9Ht7fZXYohjrFRNh4NJwEmuXxtrPPfBTQkGAW1OJbI&#10;FtuvnO9TTynhMQdKlkupVHSCFMRCWbJnOETlY40I/iZLadIW9GY0SSPwm1gU0wVhs/0AAfGUxpov&#10;vQfLd5uOyPKKlw2UB6TLQq8kZ/hSYk8r5vwzsygdpAHXwT/hUSnAmuBoUVKD/f3RfcjHiWKUkhal&#10;WFD3a8esoET90Djru2w8DtqNznhyO0THXkc21xG9axaARGW4eIZHM+R7dTIrC80rbs08vIohpjm+&#10;XVB/Mhe+XxDcOi7m85iEajXMr/Ta8AAdBhMm9tK9MmuOY/UoiEc4iZbl76bb54YvNcx3HioZRx94&#10;7lk90o9Kj+I5bmVYpWs/Zl3+O2Z/AAAA//8DAFBLAwQUAAYACAAAACEAOBK2B98AAAALAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm900CaFNsylBEUEFsXrpbZqMSTA7G7LbNv33&#10;jic9znuPN98rtrMd1Ikm3zs2sFxEoIhr1/TcGvj8eLxbgfIBucHBMRm4kIdteX1VYN64M7/TaRda&#10;JSXsczTQhTDmWvu6I4t+4UZi8b7cZDHIObW6mfAs5XbQcRRl2mLP8qHDke47qr93R2vgOd3jQxJe&#10;6BJ4fquqp9WY+ldjbm/magMq0Bz+wvCLL+hQCtPBHbnxajCQpLFsCWLE0RKUJNZJJspBlGydgS4L&#10;/X9D+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAQmJTlNgIAAIMEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA4ErYH3wAAAAsBAAAPAAAAAAAA&#10;AAAAAAAAAJAEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" fillcolor="white [3201]" strokecolor="white [3212]" strokeweight=".5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="119BBC1C" w14:textId="4A3E0C0E" w:rsidR="00463B63" w:rsidRDefault="00463B63">
+                      <w:r>
+                        <w:t xml:space="preserve">                                            Line Manager</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4D6BEB06" wp14:editId="26E9198F">
+            <wp:extent cx="5943600" cy="781050"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="574978795" name="Picture 1" descr="A white background with black text&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="574978795" name="Picture 1" descr="A white background with black text&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId13"/>
+                    <a:srcRect b="25182"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5943600" cy="781050"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="33F3D4EF" wp14:editId="041C1347">
+            <wp:extent cx="2190750" cy="219075"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+            <wp:docPr id="694354205" name="Picture 1" descr="A white background with black text&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="694354205" name="Picture 1" descr="A white background with black text&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId13"/>
+                    <a:srcRect t="71167" r="61461" b="6892"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2278293" cy="227829"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28874C43" w14:textId="0A93D91F" w:rsidR="00DA23CC" w:rsidRPr="00463B63" w:rsidRDefault="00463B63" w:rsidP="00463B63">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA23CC" w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>note</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that a s</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA23CC" w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>taff member can see th</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is information,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA23CC" w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of who will receive the approval email within</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> their own</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA23CC" w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA23CC" w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>My Admin – Relationships</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> page</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00463B63">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:color w:val="2F5496" w:themeColor="accent5" w:themeShade="BF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in TeamSeer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="432645B0" w14:textId="77777777" w:rsidR="00DA23CC" w:rsidRPr="00DA23CC" w:rsidRDefault="00DA23CC" w:rsidP="0064288C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F187630" w14:textId="434A68E3" w:rsidR="0064288C" w:rsidRDefault="007212B2" w:rsidP="0064288C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Email notifications</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007212B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>can be managed by the Admin Assistant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636381D3" w14:textId="190CE3F4" w:rsidR="007212B2" w:rsidRPr="007212B2" w:rsidRDefault="007212B2" w:rsidP="0064288C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007212B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">An Admin Assistant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>is able to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> locally manage </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007212B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>when they receive approval emails</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with one of the </w:t>
+      </w:r>
+      <w:r w:rsidR="0063415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>two</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> options: Always</w:t>
+      </w:r>
+      <w:r w:rsidR="0063415D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Never </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="581803BC" w14:textId="2C542E25" w:rsidR="007212B2" w:rsidRDefault="007212B2" w:rsidP="007212B2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Go to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007212B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>My Admin</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> page</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347B1C08" w14:textId="77777777" w:rsidR="007212B2" w:rsidRDefault="007212B2" w:rsidP="007212B2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F19434F" w14:textId="021AEB7C" w:rsidR="007212B2" w:rsidRPr="007212B2" w:rsidRDefault="007212B2" w:rsidP="007212B2">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000133ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve">elect </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000133ED">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t>Relationships</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and select from the three options in the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007212B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="4472C4" w:themeColor="accent5"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Receive alternate approval emails</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00666A99" w14:textId="142C751A" w:rsidR="007212B2" w:rsidRDefault="0087781D" w:rsidP="0064288C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0087781D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7268F1C6" wp14:editId="35797814">
+            <wp:extent cx="5686425" cy="660779"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+            <wp:docPr id="627204291" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="627204291" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId14"/>
+                    <a:srcRect l="2084" b="8110"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5715348" cy="664140"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="637E20EA" w14:textId="15A90150" w:rsidR="007212B2" w:rsidRPr="000133ED" w:rsidRDefault="007212B2" w:rsidP="007212B2">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
@@ -2127,168 +3210,178 @@
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
                     </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidRPr="000133ED">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t>button</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4472C4" w:themeColor="accent5"/>
         </w:rPr>
         <w:t xml:space="preserve"> to save</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58983D8D" w14:textId="77777777" w:rsidR="007212B2" w:rsidRPr="0064288C" w:rsidRDefault="007212B2" w:rsidP="0064288C">
+    <w:p w14:paraId="58983D8D" w14:textId="77777777" w:rsidR="007212B2" w:rsidRDefault="007212B2" w:rsidP="0064288C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007212B2" w:rsidRPr="0064288C">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId14"/>
+    <w:p w14:paraId="6BAC4287" w14:textId="38E53053" w:rsidR="00463B63" w:rsidRPr="0064288C" w:rsidRDefault="00463B63" w:rsidP="0064288C">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="120" w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00463B63" w:rsidRPr="0064288C">
+      <w:headerReference w:type="default" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="626CD459" w14:textId="77777777" w:rsidR="002E44D7" w:rsidRDefault="002E44D7" w:rsidP="002E44D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="253CB02C" w14:textId="77777777" w:rsidR="002E44D7" w:rsidRDefault="002E44D7" w:rsidP="002E44D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="937406513"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:spacing w:val="60"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="41D72868" w14:textId="7DE05265" w:rsidR="00FA6070" w:rsidRDefault="00FA6070">
+      <w:p w14:paraId="41D72868" w14:textId="16ED34E6" w:rsidR="00FA6070" w:rsidRDefault="00FA6070">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:pBdr>
             <w:top w:val="single" w:sz="4" w:space="1" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           </w:pBdr>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="008A60C2" w:rsidRPr="008A60C2">
           <w:rPr>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
           </w:rPr>
@@ -2304,353 +3397,363 @@
         </w:r>
         <w:r>
           <w:rPr>
             <w:b/>
             <w:bCs/>
           </w:rPr>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r w:rsidRPr="003715C5">
           <w:rPr>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:t>Page</w:t>
         </w:r>
         <w:r w:rsidR="00DE78B9" w:rsidRPr="003715C5">
           <w:rPr>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r w:rsidR="00DE78B9" w:rsidRPr="003715C5">
           <w:rPr>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:tab/>
-          <w:t>Last update Dec 2022</w:t>
+          <w:t xml:space="preserve">Last update </w:t>
+        </w:r>
+        <w:r w:rsidR="0063415D">
+          <w:rPr>
+            <w:spacing w:val="60"/>
+          </w:rPr>
+          <w:t>Jan</w:t>
+        </w:r>
+        <w:r w:rsidR="00DE78B9" w:rsidRPr="003715C5">
+          <w:rPr>
+            <w:spacing w:val="60"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> 202</w:t>
+        </w:r>
+        <w:r w:rsidR="0011154F">
+          <w:rPr>
+            <w:spacing w:val="60"/>
+          </w:rPr>
+          <w:t>6</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="763603C1" w14:textId="77777777" w:rsidR="00FA6070" w:rsidRDefault="00FA6070">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="12DABA4E" w14:textId="77777777" w:rsidR="002E44D7" w:rsidRDefault="002E44D7" w:rsidP="002E44D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2417F816" w14:textId="77777777" w:rsidR="002E44D7" w:rsidRDefault="002E44D7" w:rsidP="002E44D7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2BB30EB1" w14:textId="77777777" w:rsidR="002E44D7" w:rsidRDefault="002E44D7" w:rsidP="002E44D7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2BB30EB1" w14:textId="65D6D7B7" w:rsidR="002E44D7" w:rsidRDefault="002E44D7" w:rsidP="003B35EF">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71070A8D" wp14:editId="445F6667">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71070A8D" wp14:editId="1510FB61">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>4913906</wp:posOffset>
+                <wp:posOffset>-858520</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>-449249</wp:posOffset>
+                <wp:posOffset>-448945</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1908313" cy="906449"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="Text Box 2">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
                     <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1908313" cy="906449"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6CF34E1F" w14:textId="77777777" w:rsidR="002E44D7" w:rsidRDefault="002E44D7">
+                        <w:p w14:paraId="6CF34E1F" w14:textId="436D22E0" w:rsidR="002E44D7" w:rsidRDefault="003B35EF">
+                          <w:r>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
                           <w:r>
                             <w:rPr>
                               <w:noProof/>
                             </w:rPr>
                             <w:drawing>
-                              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="144662E0" wp14:editId="644C4E39">
-[...8 lines deleted...]
-                                </wp:docPr>
+                              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CDFCDE8" wp14:editId="2E123E12">
+                                <wp:extent cx="1318260" cy="808355"/>
+                                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                                <wp:docPr id="1001568401" name="Picture 3" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
                                 <wp:cNvGraphicFramePr>
                                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                                 </wp:cNvGraphicFramePr>
                                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                       <pic:nvPicPr>
-                                        <pic:cNvPr id="3" name="Picture 3">
-[...5 lines deleted...]
-                                        </pic:cNvPr>
+                                        <pic:cNvPr id="1001568401" name="Picture 3" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
                                         <pic:cNvPicPr/>
                                       </pic:nvPicPr>
                                       <pic:blipFill>
                                         <a:blip r:embed="rId1">
                                           <a:extLst>
                                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                             </a:ext>
                                           </a:extLst>
                                         </a:blip>
                                         <a:stretch>
                                           <a:fillRect/>
                                         </a:stretch>
                                       </pic:blipFill>
                                       <pic:spPr>
                                         <a:xfrm>
                                           <a:off x="0" y="0"/>
-                                          <a:ext cx="1718945" cy="793359"/>
+                                          <a:ext cx="1318260" cy="808355"/>
                                         </a:xfrm>
                                         <a:prstGeom prst="rect">
                                           <a:avLst/>
                                         </a:prstGeom>
                                       </pic:spPr>
                                     </pic:pic>
                                   </a:graphicData>
                                 </a:graphic>
                               </wp:inline>
                             </w:drawing>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="71070A8D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:386.9pt;margin-top:-35.35pt;width:150.25pt;height:71.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxvpgZFwIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1tv2yAUfp/U/4B4X+xcmjVWnCptlWlS&#10;1FZKqz4TDLElzGFAYme/fgfsXNTtadoLHDiHc/m+j/l9WytyENZVoHM6HKSUCM2hqPQup+9vq693&#10;lDjPdMEUaJHTo3D0fnHzZd6YTIygBFUISzCJdlljclp6b7IkcbwUNXMDMEKjU4Ktmcej3SWFZQ1m&#10;r1UyStNp0oAtjAUunMPbp85JFzG/lIL7Fymd8ETlFHvzcbVx3YY1WcxZtrPMlBXv22D/0EXNKo1F&#10;z6memGdkb6s/UtUVt+BA+gGHOgEpKy7iDDjNMP00zaZkRsRZEBxnzjC5/5eWPx825tUS3z5AiwQG&#10;QBrjMoeXYZ5W2jrs2ClBP0J4PMMmWk94eDRL78bDMSUcfbN0OpnMQprk8tpY578LqEkwcmqRlogW&#10;O6yd70JPIaGYhlWlVKRGadLkdDq+TeODsweTK401Lr0Gy7fbth9gC8UR57LQUe4MX1VYfM2cf2UW&#10;OcZRULf+BRepAItAb1FSgv31t/sQj9Cjl5IGNZNT93PPrKBE/dBIymw4mQSRxcPk9tsID/bas732&#10;6H39CCjLIf4Qw6MZ4r06mdJC/YHyXoaq6GKaY+2c+pP56Dsl4/fgYrmMQSgrw/xabwwPqQOcAdq3&#10;9oNZ0+PvkblnOKmLZZ9o6GI7IpZ7D7KKHAWAO1R73FGSkeX++wTNX59j1OWTL34DAAD//wMAUEsD&#10;BBQABgAIAAAAIQD1wLbQ4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI8xT8MwFIR3JP6D9ZDY&#10;WpsUcBXiVFWkCgnB0NKFzYlfkwj7OcRuG/j1uBOMpzvdfVesJmfZCcfQe1JwNxfAkBpvemoV7N83&#10;syWwEDUZbT2hgm8MsCqvrwqdG3+mLZ52sWWphEKuFXQxDjnnoenQ6TD3A1LyDn50OiY5ttyM+pzK&#10;neWZEI/c6Z7SQqcHrDpsPndHp+Cl2rzpbZ255Y+tnl8P6+Fr//Gg1O3NtH4CFnGKf2G44Cd0KBNT&#10;7Y9kArMKpFwk9KhgJoUEdkkIeb8AVicvE8DLgv//UP4CAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAsb6YGRcCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEA9cC20OEAAAALAQAADwAAAAAAAAAAAAAAAABxBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="_x0000_s1028" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;left:0;text-align:left;margin-left:-67.6pt;margin-top:-35.35pt;width:150.25pt;height:71.35pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxvpgZFwIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU1tv2yAUfp/U/4B4X+xcmjVWnCptlWlS&#10;1FZKqz4TDLElzGFAYme/fgfsXNTtadoLHDiHc/m+j/l9WytyENZVoHM6HKSUCM2hqPQup+9vq693&#10;lDjPdMEUaJHTo3D0fnHzZd6YTIygBFUISzCJdlljclp6b7IkcbwUNXMDMEKjU4Ktmcej3SWFZQ1m&#10;r1UyStNp0oAtjAUunMPbp85JFzG/lIL7Fymd8ETlFHvzcbVx3YY1WcxZtrPMlBXv22D/0EXNKo1F&#10;z6memGdkb6s/UtUVt+BA+gGHOgEpKy7iDDjNMP00zaZkRsRZEBxnzjC5/5eWPx825tUS3z5AiwQG&#10;QBrjMoeXYZ5W2jrs2ClBP0J4PMMmWk94eDRL78bDMSUcfbN0OpnMQprk8tpY578LqEkwcmqRlogW&#10;O6yd70JPIaGYhlWlVKRGadLkdDq+TeODsweTK401Lr0Gy7fbth9gC8UR57LQUe4MX1VYfM2cf2UW&#10;OcZRULf+BRepAItAb1FSgv31t/sQj9Cjl5IGNZNT93PPrKBE/dBIymw4mQSRxcPk9tsID/bas732&#10;6H39CCjLIf4Qw6MZ4r06mdJC/YHyXoaq6GKaY+2c+pP56Dsl4/fgYrmMQSgrw/xabwwPqQOcAdq3&#10;9oNZ0+PvkblnOKmLZZ9o6GI7IpZ7D7KKHAWAO1R73FGSkeX++wTNX59j1OWTL34DAAD//wMAUEsD&#10;BBQABgAIAAAAIQCO50Yu4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCRu&#10;W7JOXafSdJoqTUgIDhu7cEsbr61InNJkW+HpyU5ws+VPv7+/2EzWsAuOvnckYTEXwJAap3tqJRzf&#10;d7M1MB8UaWUcoYRv9LAp7+8KlWt3pT1eDqFlMYR8riR0IQw5577p0Co/dwNSvJ3caFWI69hyPapr&#10;DLeGJ0KsuFU9xQ+dGrDqsPk8nK2El2r3pvZ1Ytc/pnp+PW2Hr+NHKuXjw7R9AhZwCn8w3PSjOpTR&#10;qXZn0p4ZCbPFMk0iG6dMZMBuyCpdAqslZIkAXhb8f4fyFwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhALG+mBkXAgAALAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAI7nRi7iAAAACwEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="6CF34E1F" w14:textId="77777777" w:rsidR="002E44D7" w:rsidRDefault="002E44D7">
+                  <w:p w14:paraId="6CF34E1F" w14:textId="436D22E0" w:rsidR="002E44D7" w:rsidRDefault="003B35EF">
+                    <w:r>
+                      <w:t xml:space="preserve"> </w:t>
+                    </w:r>
                     <w:r>
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:drawing>
-                        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="144662E0" wp14:editId="644C4E39">
-[...8 lines deleted...]
-                          </wp:docPr>
+                        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CDFCDE8" wp14:editId="2E123E12">
+                          <wp:extent cx="1318260" cy="808355"/>
+                          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                          <wp:docPr id="1001568401" name="Picture 3" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
                           <wp:cNvGraphicFramePr>
                             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                           </wp:cNvGraphicFramePr>
                           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:nvPicPr>
-                                  <pic:cNvPr id="3" name="Picture 3">
-[...5 lines deleted...]
-                                  </pic:cNvPr>
+                                  <pic:cNvPr id="1001568401" name="Picture 3" descr="A close-up of a logo&#10;&#10;AI-generated content may be incorrect."/>
                                   <pic:cNvPicPr/>
                                 </pic:nvPicPr>
                                 <pic:blipFill>
-                                  <a:blip r:embed="rId2">
+                                  <a:blip r:embed="rId1">
                                     <a:extLst>
                                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                       </a:ext>
                                     </a:extLst>
                                   </a:blip>
                                   <a:stretch>
                                     <a:fillRect/>
                                   </a:stretch>
                                 </pic:blipFill>
                                 <pic:spPr>
                                   <a:xfrm>
                                     <a:off x="0" y="0"/>
-                                    <a:ext cx="1718945" cy="793359"/>
+                                    <a:ext cx="1318260" cy="808355"/>
                                   </a:xfrm>
                                   <a:prstGeom prst="rect">
                                     <a:avLst/>
                                   </a:prstGeom>
                                 </pic:spPr>
                               </pic:pic>
                             </a:graphicData>
                           </a:graphic>
                         </wp:inline>
                       </w:drawing>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="002E44D7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">      TEAMSEER GUIDANCE NOTES</w:t>
+    </w:r>
+    <w:r w:rsidR="003B35EF">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>: Adding an Admin Assistant</w:t>
     </w:r>
     <w:r w:rsidRPr="002E44D7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
     <w:r w:rsidRPr="002E44D7">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve">          </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2A4841C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="09FED342"/>
     <w:lvl w:ilvl="0" w:tplc="17D821AC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2724,50 +3827,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="31FA0966"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="850A4E56"/>
+    <w:lvl w:ilvl="0" w:tplc="08090009">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B6E2A6C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7FFEC47C"/>
     <w:lvl w:ilvl="0" w:tplc="6C28BBAC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="5B9BD5" w:themeColor="accent1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2837,51 +4053,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3E016AC6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="582611FA"/>
     <w:lvl w:ilvl="0" w:tplc="2064E580">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:color w:val="4472C4" w:themeColor="accent5"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2927,51 +4143,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="581F77CA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB5AB05A"/>
     <w:lvl w:ilvl="0" w:tplc="E92CC720">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="4472C4" w:themeColor="accent5"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -3019,158 +4235,171 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2108575005">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="32309567">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="46035875">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1426069136">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="211313184">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002E44D7"/>
     <w:rsid w:val="00013AC2"/>
     <w:rsid w:val="001111AF"/>
+    <w:rsid w:val="0011154F"/>
     <w:rsid w:val="0013161B"/>
     <w:rsid w:val="00174168"/>
     <w:rsid w:val="001C7275"/>
+    <w:rsid w:val="001F28C1"/>
     <w:rsid w:val="002B09C9"/>
     <w:rsid w:val="002E44D7"/>
     <w:rsid w:val="0035707E"/>
     <w:rsid w:val="003715C5"/>
     <w:rsid w:val="0039184C"/>
+    <w:rsid w:val="003B35EF"/>
+    <w:rsid w:val="00463B63"/>
+    <w:rsid w:val="004D3774"/>
     <w:rsid w:val="004E4EA1"/>
     <w:rsid w:val="00550F7A"/>
     <w:rsid w:val="00553B1D"/>
     <w:rsid w:val="005E201A"/>
+    <w:rsid w:val="0063415D"/>
     <w:rsid w:val="0064288C"/>
     <w:rsid w:val="006B36E6"/>
     <w:rsid w:val="007106D5"/>
     <w:rsid w:val="007212B2"/>
+    <w:rsid w:val="00757C9F"/>
     <w:rsid w:val="007864EB"/>
     <w:rsid w:val="007C130D"/>
     <w:rsid w:val="007D6F31"/>
+    <w:rsid w:val="00821081"/>
+    <w:rsid w:val="0087781D"/>
     <w:rsid w:val="008A60C2"/>
     <w:rsid w:val="008C42C9"/>
     <w:rsid w:val="008C609E"/>
     <w:rsid w:val="009607AC"/>
-    <w:rsid w:val="009E49F4"/>
     <w:rsid w:val="00A351BE"/>
     <w:rsid w:val="00A94C3F"/>
     <w:rsid w:val="00C9227B"/>
+    <w:rsid w:val="00CF0EC7"/>
     <w:rsid w:val="00D92AF4"/>
+    <w:rsid w:val="00DA23CC"/>
     <w:rsid w:val="00DE78B9"/>
     <w:rsid w:val="00E21DB7"/>
     <w:rsid w:val="00E92E9C"/>
     <w:rsid w:val="00EE4544"/>
     <w:rsid w:val="00FA6070"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7D072FE1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E2493914-40E4-452F-8F35-48CD7AFD355E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3607,66 +4836,85 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="002E44D7"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0013161B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="0063415D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.PNG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.PNG"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.PNG"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.PNG"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3890,70 +5138,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1984</Characters>
+  <Pages>4</Pages>
+  <Words>313</Words>
+  <Characters>1787</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>16</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Imperial College London</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2328</CharactersWithSpaces>
+  <CharactersWithSpaces>2096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jarrett, Jennifer L</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>