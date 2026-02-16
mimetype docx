--- v0 (2026-01-14)
+++ v1 (2026-02-16)
@@ -1,48 +1,44 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="19275CB9" w14:textId="77777777" w:rsidR="00E10998" w:rsidRDefault="00E10998" w:rsidP="00E10998">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000CD"/>
         </w:rPr>
       </w:pPr>
@@ -366,222 +362,308 @@
       </w:pPr>
       <w:r w:rsidRPr="006714F5">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Lead applicant</w:t>
       </w:r>
       <w:r w:rsidR="00C32440">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> *</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2405"/>
-        <w:gridCol w:w="6945"/>
+        <w:gridCol w:w="2972"/>
+        <w:gridCol w:w="6378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005A2B63" w14:paraId="35EBB9F6" w14:textId="77777777" w:rsidTr="0054703E">
-[...22 lines deleted...]
-          <w:p w14:paraId="310F603C" w14:textId="77777777" w:rsidR="005A2B63" w:rsidRDefault="005A2B63">
+      <w:tr w:rsidR="008B07A2" w14:paraId="4456D383" w14:textId="77777777" w:rsidTr="001E54B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="383EE76F" w14:textId="2364FEE9" w:rsidR="008B07A2" w:rsidRPr="0054703E" w:rsidRDefault="001E54B5">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>Title (e.g. Mr/Ms/Dr/Prof etc.):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60414DE9" w14:textId="77777777" w:rsidR="008B07A2" w:rsidRDefault="008B07A2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A2B63" w14:paraId="70D5E011" w14:textId="77777777" w:rsidTr="0054703E">
-[...4 lines deleted...]
-          <w:p w14:paraId="2F49D5E1" w14:textId="11D91AF8" w:rsidR="005A2B63" w:rsidRPr="0054703E" w:rsidRDefault="005A2B63">
+      <w:tr w:rsidR="005A2B63" w14:paraId="35EBB9F6" w14:textId="77777777" w:rsidTr="001E54B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5724925A" w14:textId="51640358" w:rsidR="005A2B63" w:rsidRPr="0054703E" w:rsidRDefault="005A2B63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054703E">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>Email:</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="3E9EE577" w14:textId="77777777" w:rsidR="005A2B63" w:rsidRDefault="005A2B63">
+              <w:t>Name:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="310F603C" w14:textId="77777777" w:rsidR="005A2B63" w:rsidRDefault="005A2B63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A2B63" w14:paraId="28446BB2" w14:textId="77777777" w:rsidTr="0054703E">
-[...4 lines deleted...]
-          <w:p w14:paraId="5801E436" w14:textId="57772B3E" w:rsidR="005A2B63" w:rsidRPr="0054703E" w:rsidRDefault="005A2B63">
+      <w:tr w:rsidR="005A2B63" w14:paraId="70D5E011" w14:textId="77777777" w:rsidTr="001E54B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F49D5E1" w14:textId="11D91AF8" w:rsidR="005A2B63" w:rsidRPr="0054703E" w:rsidRDefault="005A2B63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054703E">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>Position:</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="5B9CC528" w14:textId="77777777" w:rsidR="005A2B63" w:rsidRDefault="005A2B63">
+              <w:t>Email:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9EE577" w14:textId="77777777" w:rsidR="005A2B63" w:rsidRDefault="005A2B63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005A2B63" w14:paraId="456038BE" w14:textId="77777777" w:rsidTr="0054703E">
-[...4 lines deleted...]
-          <w:p w14:paraId="63E44F2C" w14:textId="336386AD" w:rsidR="005A2B63" w:rsidRPr="0054703E" w:rsidRDefault="005A2B63">
+      <w:tr w:rsidR="005A2B63" w14:paraId="28446BB2" w14:textId="77777777" w:rsidTr="001E54B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5801E436" w14:textId="57772B3E" w:rsidR="005A2B63" w:rsidRPr="0054703E" w:rsidRDefault="005A2B63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0054703E">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>Department</w:t>
-[...13 lines deleted...]
-          <w:p w14:paraId="48BE3E13" w14:textId="77777777" w:rsidR="005A2B63" w:rsidRDefault="005A2B63">
+              <w:t>Position:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9CC528" w14:textId="77777777" w:rsidR="005A2B63" w:rsidRDefault="005A2B63">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="005A2B63" w14:paraId="456038BE" w14:textId="77777777" w:rsidTr="001E54B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E44F2C" w14:textId="336386AD" w:rsidR="005A2B63" w:rsidRPr="0054703E" w:rsidRDefault="005A2B63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0054703E">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>Department</w:t>
+            </w:r>
+            <w:r w:rsidR="004E1E47" w:rsidRPr="0054703E">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> &amp; Faculty:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BE3E13" w14:textId="77777777" w:rsidR="005A2B63" w:rsidRDefault="005A2B63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009605AD" w14:paraId="0D08E380" w14:textId="77777777" w:rsidTr="001E54B5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2972" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCB59E0" w14:textId="281BFE47" w:rsidR="009605AD" w:rsidRPr="0054703E" w:rsidRDefault="00B770F8">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>Total requested:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6378" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7C0F86" w14:textId="77777777" w:rsidR="00164FFB" w:rsidRDefault="00164FFB" w:rsidP="00164FFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>£</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7343D9D6" w14:textId="186C5323" w:rsidR="009605AD" w:rsidRDefault="00164FFB" w:rsidP="00164FFB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F03AD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>Please ensure this matches the total in your budget table</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w:rsidR="004E1E47" w14:paraId="09FCC751" w14:textId="77777777" w:rsidTr="00A10E26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6407600D" w14:textId="1AF5E3BD" w:rsidR="004E1E47" w:rsidRDefault="00C67AD5">
+          <w:p w14:paraId="6407600D" w14:textId="1AF5E3BD" w:rsidR="004E1E47" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 </w:rPr>
                 <w:id w:val="566310651"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0054703E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004E1E47">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004E1E47" w:rsidRPr="004E1E47">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve">I </w:t>
             </w:r>
             <w:r w:rsidR="004E1E47" w:rsidRPr="00402AFF">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
@@ -602,69 +684,68 @@
                 </w:rPr>
                 <w:t>e</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00D73E6C">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> in full</w:t>
             </w:r>
             <w:r w:rsidR="004E1E47" w:rsidRPr="00402AFF">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004E1E47" w14:paraId="6A9D54B4" w14:textId="77777777" w:rsidTr="00A10E26">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7DC78745" w14:textId="71B2CDD6" w:rsidR="004E1E47" w:rsidRDefault="00C67AD5">
+          <w:p w14:paraId="7DC78745" w14:textId="71B2CDD6" w:rsidR="004E1E47" w:rsidRDefault="00000000">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 </w:rPr>
                 <w:id w:val="1157263030"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004E1E47">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004E1E47">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004E1E47" w:rsidRPr="004E1E47">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve">I </w:t>
             </w:r>
             <w:r w:rsidR="004E1E47" w:rsidRPr="00402AFF">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
@@ -1248,88 +1329,96 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3544932D" w14:textId="77777777" w:rsidR="005750D8" w:rsidRDefault="005750D8" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3ED9B566" w14:textId="77777777" w:rsidR="005750D8" w:rsidRDefault="005750D8" w:rsidP="00EF5E76">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05D66279" w14:textId="34677C7B" w:rsidR="009E68CF" w:rsidRDefault="009E68CF" w:rsidP="006714F5">
+    <w:p w14:paraId="05D66279" w14:textId="05EB4AF9" w:rsidR="009E68CF" w:rsidRDefault="009E68CF" w:rsidP="006714F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>External partner</w:t>
       </w:r>
       <w:r w:rsidR="001D068C">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00834AE9">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (outside of Imperial)</w:t>
+      </w:r>
+      <w:r w:rsidR="00164FFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> *</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="737A9298" w14:textId="77777777" w:rsidR="00BD0268" w:rsidRDefault="00BD0268" w:rsidP="00BD0268">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03024B5D" w14:textId="5B394C81" w:rsidR="00230B1E" w:rsidRPr="00F657F9" w:rsidRDefault="00BD0268" w:rsidP="00230B1E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BD0268">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
         <w:t>Applicants are expected to have made at least initial contact with potential partners</w:t>
       </w:r>
       <w:r w:rsidR="009C4733">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
@@ -1469,283 +1558,73 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69986E68" w14:textId="5246EB9B" w:rsidR="00DD4B12" w:rsidRDefault="00DD4B12" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="040E9651" w14:textId="77777777" w:rsidR="009E68CF" w:rsidRPr="0054703E" w:rsidRDefault="009E68CF" w:rsidP="00EF5E76">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2434E38D" w14:textId="77777777" w:rsidR="00BD0268" w:rsidRDefault="00BD0268" w:rsidP="00EF5E76">
+    <w:p w14:paraId="420F1D96" w14:textId="77777777" w:rsidR="00916AC6" w:rsidRDefault="00916AC6"/>
+    <w:p w14:paraId="11FC0C45" w14:textId="239FA4B5" w:rsidR="00F04CCB" w:rsidRPr="00916AC6" w:rsidRDefault="00916AC6" w:rsidP="006714F5">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...22 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Project focus</w:t>
-[...185 lines deleted...]
-        </w:rPr>
         <w:t>Geographic scope</w:t>
       </w:r>
       <w:r w:rsidR="00C32440">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> *</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
       <w:tr w:rsidR="00195A12" w14:paraId="23880D49" w14:textId="77777777" w:rsidTr="009D31F0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
@@ -1806,123 +1685,166 @@
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Timeframe</w:t>
       </w:r>
       <w:r w:rsidR="00C32440">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> *</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4390"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009E68CF" w14:paraId="73A54CE4" w14:textId="77777777" w:rsidTr="009D31F0">
+      <w:tr w:rsidR="009E68CF" w14:paraId="73A54CE4" w14:textId="77777777" w:rsidTr="008C37AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="34DC36A7" w14:textId="77777777" w:rsidR="009E68CF" w:rsidRPr="004B4182" w:rsidRDefault="009E68CF" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>Proposed start date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F296F71" w14:textId="77777777" w:rsidR="009E68CF" w:rsidRPr="00CD0F76" w:rsidRDefault="009E68CF" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>DD/MMM/YYYY</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009E68CF" w14:paraId="1E5B156D" w14:textId="77777777" w:rsidTr="009D31F0">
+      <w:tr w:rsidR="009E68CF" w14:paraId="1E5B156D" w14:textId="77777777" w:rsidTr="008C37AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4390" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2783B6FF" w14:textId="3B46ABF7" w:rsidR="009E68CF" w:rsidRDefault="009E68CF" w:rsidP="00C91888">
+          <w:p w14:paraId="2783B6FF" w14:textId="79EE4009" w:rsidR="009E68CF" w:rsidRDefault="009E68CF" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>Proposed duration (months)</w:t>
+              <w:t xml:space="preserve">Proposed </w:t>
+            </w:r>
+            <w:r w:rsidR="002F0BEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>end date</w:t>
             </w:r>
             <w:r w:rsidR="00E02F38">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03102B55" w14:textId="77777777" w:rsidR="009E68CF" w:rsidRDefault="009E68CF" w:rsidP="00C91888">
-[...4 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0F0D179A" w14:textId="77777777" w:rsidR="003C4361" w:rsidRDefault="002F0BEA" w:rsidP="00C91888">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>DD/MMM/YYYY</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="03102B55" w14:textId="3E821928" w:rsidR="007B302C" w:rsidRPr="00303464" w:rsidRDefault="00303464" w:rsidP="00C91888">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007B302C" w:rsidRPr="00303464">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>For pro</w:t>
+            </w:r>
+            <w:r w:rsidR="008C37AF" w:rsidRPr="00303464">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>posals submitted for the Feb 2026 deadline, this must be no later than 31 July 2026.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4F8A51E9" w14:textId="77777777" w:rsidR="009E68CF" w:rsidRPr="004B4182" w:rsidRDefault="009E68CF" w:rsidP="00CF08DE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="037BB4B3" w14:textId="54026E1C" w:rsidR="00E34F3C" w:rsidRDefault="00E34F3C" w:rsidP="00CF0DFF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -2002,175 +1924,187 @@
     </w:tbl>
     <w:p w14:paraId="6AFC4F37" w14:textId="77777777" w:rsidR="00BF6399" w:rsidRDefault="00BF6399" w:rsidP="00BF6399">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E83F80" w14:paraId="59163841" w14:textId="77777777" w:rsidTr="003631BC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD51869" w14:textId="6CF33412" w:rsidR="00DA770A" w:rsidRPr="00CD0F76" w:rsidRDefault="00E83F80" w:rsidP="00C91888">
+          <w:p w14:paraId="1BD51869" w14:textId="659D7A43" w:rsidR="00DA770A" w:rsidRPr="00CD0F76" w:rsidRDefault="00E83F80" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B4182">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t xml:space="preserve">What are the goals of your project? </w:t>
+              <w:t>What are the goals</w:t>
+            </w:r>
+            <w:r w:rsidR="002F0BEA">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and objectives</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004B4182">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of your project? </w:t>
             </w:r>
             <w:r w:rsidR="00357C30">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve">What impact will it have? </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E83F80" w14:paraId="729B5B17" w14:textId="77777777" w:rsidTr="00152164">
         <w:trPr>
           <w:trHeight w:val="2381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="133EFDCD" w14:textId="788DABE8" w:rsidR="00E83F80" w:rsidRPr="004B4182" w:rsidRDefault="00011AAF" w:rsidP="00C91888">
+          <w:p w14:paraId="133EFDCD" w14:textId="3B7DCFAF" w:rsidR="00E83F80" w:rsidRPr="004B4182" w:rsidRDefault="00011AAF" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>Max 300 words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4B97BFA9" w14:textId="77777777" w:rsidR="00E83F80" w:rsidRDefault="00E83F80" w:rsidP="00CF08DE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A00DB1" w14:paraId="61377EBD" w14:textId="77777777" w:rsidTr="00C91888">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CA56C46" w14:textId="0BB5858E" w:rsidR="00A00DB1" w:rsidRPr="00CD0F76" w:rsidRDefault="00C6774B" w:rsidP="00C91888">
+          <w:p w14:paraId="2CA56C46" w14:textId="7B72BDC2" w:rsidR="00A00DB1" w:rsidRPr="00CD0F76" w:rsidRDefault="00C6774B" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>How will you carry out the project? Please explain what a</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ctivities </w:t>
+              <w:t xml:space="preserve">How will you carry out the project? Please </w:t>
+            </w:r>
+            <w:r w:rsidR="002255BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve">list the specific tasks and activities, and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>y</w:t>
-[...29 lines deleted...]
-              <w:t>including key milestones</w:t>
+              <w:t>explain</w:t>
+            </w:r>
+            <w:r w:rsidR="00713AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002255BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>how these map to your goals</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04A47">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="002255BD">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> objectives</w:t>
+            </w:r>
+            <w:r w:rsidR="00D04A47">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and timeline</w:t>
             </w:r>
             <w:r w:rsidR="00152164">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>, deliverables and timescales.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A00DB1" w14:paraId="644EC902" w14:textId="77777777" w:rsidTr="00152164">
         <w:trPr>
           <w:trHeight w:val="2381"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2905F32D" w14:textId="35EACC89" w:rsidR="00A00DB1" w:rsidRPr="004B4182" w:rsidRDefault="00A00DB1" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve">Max </w:t>
             </w:r>
             <w:r w:rsidR="00152164">
@@ -2243,124 +2177,130 @@
             <w:r w:rsidR="00573C3D">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidR="000805F2">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>support Imperial Global’s international hub activities</w:t>
             </w:r>
             <w:r w:rsidR="008F0BB0">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00CF0DFF">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="048BDC57" w14:textId="20DD65D8" w:rsidR="0013045D" w:rsidRPr="00F657F9" w:rsidRDefault="00A00BBF" w:rsidP="00CF0DFF">
+          <w:p w14:paraId="048BDC57" w14:textId="2A72F385" w:rsidR="0013045D" w:rsidRPr="00F657F9" w:rsidRDefault="00A00BBF" w:rsidP="00CF0DFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F657F9">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>Please refer to the ‘Selection Process and Criteria’ in the</w:t>
             </w:r>
             <w:r w:rsidR="00AD709A">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="00AD709A" w:rsidRPr="007C4BEC">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 </w:rPr>
                 <w:t>Imperial Global Connect Fund Guidanc</w:t>
               </w:r>
               <w:r w:rsidR="00AD709A">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 </w:rPr>
                 <w:t>e</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00D73E6C">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
+            <w:r w:rsidR="003339A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000444B2" w14:paraId="13C93C7F" w14:textId="77777777" w:rsidTr="00AC47F8">
         <w:trPr>
           <w:trHeight w:val="3402"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="449AC6AA" w14:textId="499E110A" w:rsidR="00011AAF" w:rsidRPr="00011AAF" w:rsidRDefault="00011AAF" w:rsidP="00011AAF">
+          <w:p w14:paraId="449AC6AA" w14:textId="7603C26D" w:rsidR="00011AAF" w:rsidRPr="00011AAF" w:rsidRDefault="00011AAF" w:rsidP="00011AAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00011AAF">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve">Max </w:t>
             </w:r>
-            <w:r w:rsidR="00DE1FCB">
-[...3 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="003339A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>500</w:t>
             </w:r>
             <w:r w:rsidRPr="00011AAF">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>00 words</w:t>
+              <w:t xml:space="preserve"> words</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2E8DDFA3" w14:textId="77777777" w:rsidR="000444B2" w:rsidRPr="005E6362" w:rsidRDefault="000444B2" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11F2DA36" w14:textId="77777777" w:rsidR="00FD09DB" w:rsidRDefault="00FD09DB" w:rsidP="009E68CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
@@ -2409,75 +2349,161 @@
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00AA7012">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> Please describe</w:t>
             </w:r>
             <w:r w:rsidR="002B3CA2">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> briefly</w:t>
             </w:r>
             <w:r w:rsidR="0076123E">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00020CBF" w14:paraId="59D15118" w14:textId="77777777" w:rsidTr="00D54262">
+      <w:tr w:rsidR="00020CBF" w14:paraId="59D15118" w14:textId="77777777" w:rsidTr="0036787F">
+        <w:trPr>
+          <w:trHeight w:val="1134"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E61D266" w14:textId="3E991FCA" w:rsidR="00020CBF" w:rsidRPr="004B4182" w:rsidRDefault="00B73BC8" w:rsidP="00D54262">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Max </w:t>
+            </w:r>
+            <w:r w:rsidR="003339A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> words</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2AC74DBF" w14:textId="77777777" w:rsidR="00020CBF" w:rsidRDefault="00020CBF" w:rsidP="009E68CF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9350"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003339A3" w14:paraId="057AA5A3" w14:textId="77777777" w:rsidTr="000350DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C3ED7C" w14:textId="3FD4707A" w:rsidR="003339A3" w:rsidRPr="00CD0F76" w:rsidRDefault="00251889" w:rsidP="000350DC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>How do you hope to achieve long-term impact, beyond the end date of the project?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003339A3" w14:paraId="6DEB0BB2" w14:textId="77777777" w:rsidTr="000350DC">
         <w:trPr>
           <w:trHeight w:val="1701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E61D266" w14:textId="328F3925" w:rsidR="00020CBF" w:rsidRPr="004B4182" w:rsidRDefault="00B73BC8" w:rsidP="00D54262">
+          <w:p w14:paraId="4D310DCB" w14:textId="23A17DAF" w:rsidR="003339A3" w:rsidRPr="004B4182" w:rsidRDefault="003339A3" w:rsidP="000350DC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>Max 200 words</w:t>
+              <w:t xml:space="preserve">Max </w:t>
+            </w:r>
+            <w:r w:rsidR="00251889">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>00 words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2AC74DBF" w14:textId="77777777" w:rsidR="00020CBF" w:rsidRDefault="00020CBF" w:rsidP="009E68CF">
+    <w:p w14:paraId="16E123EA" w14:textId="77777777" w:rsidR="003339A3" w:rsidRDefault="003339A3" w:rsidP="009E68CF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="174B2737" w14:textId="4DD9BF98" w:rsidR="00A22AAD" w:rsidRPr="00CF0DFF" w:rsidRDefault="00A85AAC" w:rsidP="00CF0DFF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A85AAC">
         <w:rPr>
@@ -2488,105 +2514,117 @@
         <w:t>Alignment with broader strategies</w:t>
       </w:r>
       <w:r w:rsidR="00C32440">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> *</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A22AAD" w14:paraId="57BA5FB1" w14:textId="77777777" w:rsidTr="00A22AAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14A6A2A5" w14:textId="2B664108" w:rsidR="00A22AAD" w:rsidRPr="005E6362" w:rsidRDefault="00A22AAD" w:rsidP="00C91888">
+          <w:p w14:paraId="14A6A2A5" w14:textId="01FDB2D6" w:rsidR="00A22AAD" w:rsidRPr="005E6362" w:rsidRDefault="00A22AAD" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve">How will your project help </w:t>
             </w:r>
             <w:r w:rsidRPr="00A22AAD">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve">allow Imperial to meet its </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00A22AAD">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
                 </w:rPr>
                 <w:t>equality, diversity and inclusivity ambitions</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00A85AAC">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A22AAD" w14:paraId="3587B30D" w14:textId="77777777" w:rsidTr="00152164">
+      <w:tr w:rsidR="00A22AAD" w14:paraId="3587B30D" w14:textId="77777777" w:rsidTr="0036787F">
         <w:trPr>
-          <w:trHeight w:val="1871"/>
+          <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F464311" w14:textId="1FC9AD5F" w:rsidR="00A22AAD" w:rsidRDefault="00A22AAD" w:rsidP="00C91888">
+          <w:p w14:paraId="2F464311" w14:textId="578BCADE" w:rsidR="00A22AAD" w:rsidRDefault="00A22AAD" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>Max 200 words</w:t>
+              <w:t xml:space="preserve">Max </w:t>
+            </w:r>
+            <w:r w:rsidR="00A17D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69E20878" w14:textId="77777777" w:rsidR="009E68CF" w:rsidRDefault="009E68CF" w:rsidP="009E68CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9350"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E94B59" w14:paraId="76D5EA5C" w14:textId="77777777" w:rsidTr="00C91888">
@@ -2658,69 +2696,81 @@
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>All travel for in-person engagement must be justified by its alignment with programmes offering sustainable, long-term benefits.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77CC61EE" w14:textId="77777777" w:rsidR="00E94B59" w:rsidRPr="00BF0803" w:rsidRDefault="00E94B59" w:rsidP="00C91888">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF0803">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve">Preparatory and exploratory engagement should be conducted online wherever possible to minimise environmental impact. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E94B59" w14:paraId="3B8FB75C" w14:textId="77777777" w:rsidTr="00152164">
+      <w:tr w:rsidR="00E94B59" w14:paraId="3B8FB75C" w14:textId="77777777" w:rsidTr="0036787F">
         <w:trPr>
-          <w:trHeight w:val="1871"/>
+          <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="078CB1DA" w14:textId="77777777" w:rsidR="00E94B59" w:rsidRDefault="00E94B59" w:rsidP="00C91888">
+          <w:p w14:paraId="078CB1DA" w14:textId="0B982529" w:rsidR="00E94B59" w:rsidRDefault="00E94B59" w:rsidP="00C91888">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
-              <w:t>Max 200 words</w:t>
+              <w:t xml:space="preserve">Max </w:t>
+            </w:r>
+            <w:r w:rsidR="00251889">
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t>100</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> words</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5FEB207A" w14:textId="77777777" w:rsidR="00E94B59" w:rsidRPr="004B4182" w:rsidRDefault="00E94B59" w:rsidP="009E68CF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="9360"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07479473" w14:textId="4A29A4A4" w:rsidR="004D7148" w:rsidRDefault="006A3E3D" w:rsidP="00CF0DFF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
@@ -3699,103 +3749,101 @@
             </w:pPr>
             <w:r w:rsidRPr="004B4182">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>Have you identified any sources of match-funding</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> (either internal or external to Imperial)</w:t>
             </w:r>
             <w:r w:rsidRPr="004B4182">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC0D6DF" w14:textId="5B1812F1" w:rsidR="00F3277B" w:rsidRPr="00523303" w:rsidRDefault="00C67AD5" w:rsidP="00523303">
+          <w:p w14:paraId="6CC0D6DF" w14:textId="5B1812F1" w:rsidR="00F3277B" w:rsidRPr="00523303" w:rsidRDefault="00000000" w:rsidP="00523303">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1832136019"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA5898">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA5898">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1419986887"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA5898">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CA5898">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F3277B" w:rsidRPr="009A7E8C" w14:paraId="0A1283D7" w14:textId="77777777" w:rsidTr="00E65C57">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9776" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
@@ -3910,202 +3958,199 @@
             </w:pPr>
             <w:r w:rsidRPr="0053362E">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="007E12AD" w:rsidRPr="0053362E">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>tatus</w:t>
             </w:r>
             <w:r w:rsidR="00523303" w:rsidRPr="0053362E">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D040D9D" w14:textId="2C4CA510" w:rsidR="007E12AD" w:rsidRPr="00523303" w:rsidRDefault="00C67AD5" w:rsidP="00C91888">
+          <w:p w14:paraId="7D040D9D" w14:textId="2C4CA510" w:rsidR="007E12AD" w:rsidRPr="00523303" w:rsidRDefault="00000000" w:rsidP="00C91888">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-810942494"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CA5898">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E7208E">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00BB6EF9">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Funding s</w:t>
             </w:r>
             <w:r w:rsidR="00523303" w:rsidRPr="00523303">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>ecured</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="618FA3C6" w14:textId="311FA18A" w:rsidR="00523303" w:rsidRPr="00523303" w:rsidRDefault="00C67AD5" w:rsidP="00C91888">
+          <w:p w14:paraId="618FA3C6" w14:textId="311FA18A" w:rsidR="00523303" w:rsidRPr="00523303" w:rsidRDefault="00000000" w:rsidP="00C91888">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-840002412"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E7208E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E7208E">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00523303">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00523303" w:rsidRPr="00523303">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>ending</w:t>
             </w:r>
             <w:r w:rsidR="00523303">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> a decision</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FABC4D4" w14:textId="183CDFBD" w:rsidR="00523303" w:rsidRPr="00523303" w:rsidRDefault="00C67AD5" w:rsidP="00C91888">
+          <w:p w14:paraId="2FABC4D4" w14:textId="183CDFBD" w:rsidR="00523303" w:rsidRPr="00523303" w:rsidRDefault="00000000" w:rsidP="00C91888">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                   <w:color w:val="000000"/>
                   <w:lang w:eastAsia="en-GB"/>
                 </w:rPr>
                 <w:id w:val="1258943906"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD5510">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:color w:val="000000"/>
                     <w:lang w:eastAsia="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD5510">
               <w:rPr>
                 <w:rFonts w:ascii="Imperial Sans Text" w:hAnsi="Imperial Sans Text" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Not yet applied</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00523303" w:rsidRPr="009A7E8C" w14:paraId="60443C85" w14:textId="77777777" w:rsidTr="00CA5898">
         <w:tc>
           <w:tcPr>
@@ -4244,300 +4289,247 @@
     <w:p w14:paraId="0B2305D7" w14:textId="77777777" w:rsidR="007769C7" w:rsidRPr="007769C7" w:rsidRDefault="007769C7" w:rsidP="007769C7">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007769C7">
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
         <w:t xml:space="preserve">Sections marked * must be completed. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D34B51E" w14:textId="77777777" w:rsidR="007769C7" w:rsidRPr="004B4182" w:rsidRDefault="007769C7" w:rsidP="00A955E2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Imperial Sans Display" w:hAnsi="Imperial Sans Display"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007769C7" w:rsidRPr="004B4182" w:rsidSect="00AC47F8">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId24"/>
+    <w:sectPr w:rsidR="007769C7" w:rsidRPr="004B4182" w:rsidSect="00481287">
+      <w:headerReference w:type="default" r:id="rId19"/>
+      <w:footerReference w:type="default" r:id="rId20"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1191" w:left="1440" w:header="720" w:footer="624" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="411DD14B" w14:textId="77777777" w:rsidR="003064FF" w:rsidRDefault="003064FF" w:rsidP="009F2FD8">
+    <w:p w14:paraId="35228B23" w14:textId="77777777" w:rsidR="0026321C" w:rsidRDefault="0026321C" w:rsidP="009F2FD8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="174724CF" w14:textId="77777777" w:rsidR="003064FF" w:rsidRDefault="003064FF" w:rsidP="009F2FD8">
+    <w:p w14:paraId="0CF7A04A" w14:textId="77777777" w:rsidR="0026321C" w:rsidRDefault="0026321C" w:rsidP="009F2FD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1F212206" w14:textId="77777777" w:rsidR="003064FF" w:rsidRDefault="003064FF"/>
+    <w:p w14:paraId="5A27FE84" w14:textId="77777777" w:rsidR="0026321C" w:rsidRDefault="0026321C"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Imperial Sans Display">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0503020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000004F" w:usb1="00002063" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Imperial Sans Text">
-    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020B0503020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A000004F" w:usb1="00002063" w:usb2="00000000" w:usb3="00000000" w:csb0="00000193" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic">
     <w:altName w:val="游ゴシック"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6363ED00" w14:textId="77777777" w:rsidR="00C67AD5" w:rsidRDefault="00C67AD5">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2A28844C" w14:textId="62DA6F8E" w:rsidR="009F2FD8" w:rsidRDefault="009F2FD8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">* </w:t>
     </w:r>
     <w:r w:rsidR="009E4024">
       <w:t xml:space="preserve">= </w:t>
     </w:r>
     <w:r>
       <w:t>Required section</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="668423D7" w14:textId="77777777" w:rsidR="003064FF" w:rsidRDefault="003064FF" w:rsidP="009F2FD8">
+    <w:p w14:paraId="2BC7547E" w14:textId="77777777" w:rsidR="0026321C" w:rsidRDefault="0026321C" w:rsidP="009F2FD8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="573ED476" w14:textId="77777777" w:rsidR="003064FF" w:rsidRDefault="003064FF" w:rsidP="009F2FD8">
+    <w:p w14:paraId="60179A06" w14:textId="77777777" w:rsidR="0026321C" w:rsidRDefault="0026321C" w:rsidP="009F2FD8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0B4AD8CF" w14:textId="77777777" w:rsidR="003064FF" w:rsidRDefault="003064FF"/>
+    <w:p w14:paraId="422D344D" w14:textId="77777777" w:rsidR="0026321C" w:rsidRDefault="0026321C"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="03F6729A" w14:textId="77777777" w:rsidR="00C67AD5" w:rsidRDefault="00C67AD5">
-[...9 lines deleted...]
-  <w:p w14:paraId="7C0AF45E" w14:textId="1481030B" w:rsidR="00CA6BB1" w:rsidRPr="00CA6BB1" w:rsidRDefault="00CA6BB1" w:rsidP="00CA6BB1">
+  <w:p w14:paraId="7C0AF45E" w14:textId="7FEB7F48" w:rsidR="00CA6BB1" w:rsidRPr="00CA6BB1" w:rsidRDefault="00CA6BB1" w:rsidP="00CA6BB1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CA6BB1">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
       <w:t xml:space="preserve">Last updated: </w:t>
     </w:r>
-    <w:r w:rsidR="00C67AD5">
+    <w:r w:rsidR="00A413D9">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
-      <w:t>13 August</w:t>
+      <w:t>20</w:t>
     </w:r>
-    <w:r w:rsidR="005C78EA">
+    <w:r w:rsidR="008B07A2">
       <w:rPr>
         <w:i/>
         <w:iCs/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> January 2026</w:t>
     </w:r>
-    <w:r w:rsidRPr="00CA6BB1">
-[...15 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05DA20F3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="85989DBE"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -5400,337 +5392,382 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="796608785">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="120999572">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="386731352">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="29916744">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1309241618">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1255212474">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="121"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C02FBD"/>
     <w:rsid w:val="0000220F"/>
     <w:rsid w:val="00011AAF"/>
     <w:rsid w:val="0001729E"/>
     <w:rsid w:val="00020CBF"/>
     <w:rsid w:val="00030B5F"/>
+    <w:rsid w:val="000317A7"/>
     <w:rsid w:val="00033B60"/>
     <w:rsid w:val="00041A7A"/>
     <w:rsid w:val="000444B2"/>
     <w:rsid w:val="00063DCF"/>
     <w:rsid w:val="000741C7"/>
     <w:rsid w:val="000769C9"/>
     <w:rsid w:val="000805F2"/>
     <w:rsid w:val="0009033E"/>
     <w:rsid w:val="00094CA5"/>
     <w:rsid w:val="000B4C8B"/>
     <w:rsid w:val="000C045E"/>
     <w:rsid w:val="000C5A98"/>
     <w:rsid w:val="000C7537"/>
     <w:rsid w:val="00115948"/>
     <w:rsid w:val="00126EAA"/>
     <w:rsid w:val="0013045D"/>
     <w:rsid w:val="001448E0"/>
     <w:rsid w:val="00152164"/>
+    <w:rsid w:val="00164FFB"/>
+    <w:rsid w:val="00175783"/>
     <w:rsid w:val="001858C8"/>
+    <w:rsid w:val="0019045F"/>
     <w:rsid w:val="00195A12"/>
     <w:rsid w:val="001B376E"/>
     <w:rsid w:val="001C7AB6"/>
     <w:rsid w:val="001D068C"/>
+    <w:rsid w:val="001E54B5"/>
     <w:rsid w:val="001E5A21"/>
+    <w:rsid w:val="002255BD"/>
     <w:rsid w:val="00230B1E"/>
     <w:rsid w:val="002348C8"/>
     <w:rsid w:val="00236721"/>
     <w:rsid w:val="00251025"/>
+    <w:rsid w:val="00251889"/>
+    <w:rsid w:val="00262562"/>
+    <w:rsid w:val="0026321C"/>
+    <w:rsid w:val="00272B4F"/>
     <w:rsid w:val="00275D36"/>
+    <w:rsid w:val="00275FDB"/>
     <w:rsid w:val="0028495F"/>
     <w:rsid w:val="00290E03"/>
     <w:rsid w:val="00293C4B"/>
     <w:rsid w:val="002944C1"/>
     <w:rsid w:val="00297AF4"/>
     <w:rsid w:val="002B2BE0"/>
     <w:rsid w:val="002B3CA2"/>
+    <w:rsid w:val="002F0BEA"/>
     <w:rsid w:val="002F430D"/>
+    <w:rsid w:val="00303464"/>
     <w:rsid w:val="003064FF"/>
     <w:rsid w:val="00317B01"/>
     <w:rsid w:val="003202A6"/>
     <w:rsid w:val="00331D1A"/>
     <w:rsid w:val="00332CF8"/>
+    <w:rsid w:val="003339A3"/>
     <w:rsid w:val="003453E3"/>
     <w:rsid w:val="00347548"/>
     <w:rsid w:val="00347579"/>
     <w:rsid w:val="00347CE7"/>
     <w:rsid w:val="00357C30"/>
     <w:rsid w:val="00360649"/>
     <w:rsid w:val="00363585"/>
+    <w:rsid w:val="0036787F"/>
     <w:rsid w:val="003A0D4D"/>
+    <w:rsid w:val="003A3127"/>
+    <w:rsid w:val="003C4361"/>
     <w:rsid w:val="003E00F5"/>
     <w:rsid w:val="00402AFF"/>
     <w:rsid w:val="004049F6"/>
+    <w:rsid w:val="0041299A"/>
+    <w:rsid w:val="00416E9F"/>
     <w:rsid w:val="00431283"/>
     <w:rsid w:val="00453B0E"/>
     <w:rsid w:val="00454C05"/>
     <w:rsid w:val="004626B1"/>
     <w:rsid w:val="00475D54"/>
+    <w:rsid w:val="0047612B"/>
     <w:rsid w:val="0048008D"/>
+    <w:rsid w:val="00481287"/>
     <w:rsid w:val="00487528"/>
     <w:rsid w:val="00490CE9"/>
     <w:rsid w:val="004A3548"/>
     <w:rsid w:val="004B4182"/>
     <w:rsid w:val="004B4655"/>
+    <w:rsid w:val="004C2EED"/>
     <w:rsid w:val="004D255A"/>
     <w:rsid w:val="004D7148"/>
     <w:rsid w:val="004E1E47"/>
     <w:rsid w:val="00500BA3"/>
     <w:rsid w:val="005037DD"/>
     <w:rsid w:val="00504ADE"/>
     <w:rsid w:val="00523303"/>
     <w:rsid w:val="0053362E"/>
     <w:rsid w:val="00536236"/>
     <w:rsid w:val="00540705"/>
     <w:rsid w:val="00544BA1"/>
     <w:rsid w:val="0054703E"/>
     <w:rsid w:val="00554760"/>
     <w:rsid w:val="00573C3D"/>
     <w:rsid w:val="005750D8"/>
+    <w:rsid w:val="00586437"/>
     <w:rsid w:val="005A2B63"/>
     <w:rsid w:val="005C1558"/>
     <w:rsid w:val="005C78EA"/>
     <w:rsid w:val="005D5D3A"/>
     <w:rsid w:val="005E5417"/>
     <w:rsid w:val="005E6362"/>
     <w:rsid w:val="00616D8A"/>
     <w:rsid w:val="00654CCF"/>
     <w:rsid w:val="006554D5"/>
+    <w:rsid w:val="006659F8"/>
     <w:rsid w:val="006714F5"/>
     <w:rsid w:val="0067366E"/>
     <w:rsid w:val="00695793"/>
     <w:rsid w:val="006A3E3D"/>
     <w:rsid w:val="006C424E"/>
     <w:rsid w:val="006D0B44"/>
+    <w:rsid w:val="006F0C1A"/>
     <w:rsid w:val="006F2F8A"/>
+    <w:rsid w:val="00713AB5"/>
     <w:rsid w:val="00713C56"/>
     <w:rsid w:val="00740BCD"/>
     <w:rsid w:val="00753477"/>
     <w:rsid w:val="00760BA1"/>
     <w:rsid w:val="0076123E"/>
     <w:rsid w:val="00764E68"/>
     <w:rsid w:val="007769C7"/>
     <w:rsid w:val="00784F3B"/>
     <w:rsid w:val="00793482"/>
     <w:rsid w:val="00796274"/>
+    <w:rsid w:val="007B302C"/>
     <w:rsid w:val="007C39A8"/>
     <w:rsid w:val="007C4BEC"/>
     <w:rsid w:val="007D77F3"/>
     <w:rsid w:val="007E12AD"/>
     <w:rsid w:val="007F431F"/>
     <w:rsid w:val="007F5F28"/>
+    <w:rsid w:val="007F70F9"/>
     <w:rsid w:val="007F7550"/>
     <w:rsid w:val="00804DD3"/>
     <w:rsid w:val="00812386"/>
     <w:rsid w:val="00821BD9"/>
     <w:rsid w:val="00830ACC"/>
     <w:rsid w:val="00834AE9"/>
     <w:rsid w:val="008372DD"/>
     <w:rsid w:val="008555A7"/>
     <w:rsid w:val="00861236"/>
     <w:rsid w:val="0087457E"/>
     <w:rsid w:val="0087482C"/>
     <w:rsid w:val="00876C76"/>
     <w:rsid w:val="008A020E"/>
     <w:rsid w:val="008A1501"/>
     <w:rsid w:val="008A201C"/>
+    <w:rsid w:val="008B07A2"/>
     <w:rsid w:val="008B6943"/>
+    <w:rsid w:val="008C37AF"/>
     <w:rsid w:val="008D37F3"/>
     <w:rsid w:val="008E0B70"/>
     <w:rsid w:val="008E1695"/>
     <w:rsid w:val="008E29B9"/>
     <w:rsid w:val="008E5628"/>
     <w:rsid w:val="008F0BB0"/>
     <w:rsid w:val="00904AB3"/>
     <w:rsid w:val="009059A2"/>
     <w:rsid w:val="00905B6E"/>
     <w:rsid w:val="0091032A"/>
     <w:rsid w:val="00914E90"/>
     <w:rsid w:val="00916AC6"/>
     <w:rsid w:val="009258FB"/>
+    <w:rsid w:val="00933494"/>
     <w:rsid w:val="00946680"/>
+    <w:rsid w:val="009605AD"/>
     <w:rsid w:val="00973995"/>
     <w:rsid w:val="009B4C9C"/>
     <w:rsid w:val="009B5025"/>
     <w:rsid w:val="009C4733"/>
     <w:rsid w:val="009C5DC7"/>
     <w:rsid w:val="009D31F0"/>
     <w:rsid w:val="009E4024"/>
     <w:rsid w:val="009E68CF"/>
     <w:rsid w:val="009F2FD8"/>
+    <w:rsid w:val="009F6D4A"/>
     <w:rsid w:val="00A00BBF"/>
     <w:rsid w:val="00A00DB1"/>
+    <w:rsid w:val="00A17D15"/>
     <w:rsid w:val="00A22AAD"/>
     <w:rsid w:val="00A233E4"/>
+    <w:rsid w:val="00A413D9"/>
     <w:rsid w:val="00A55533"/>
     <w:rsid w:val="00A56A80"/>
     <w:rsid w:val="00A6040E"/>
     <w:rsid w:val="00A85AAC"/>
     <w:rsid w:val="00A955E2"/>
     <w:rsid w:val="00AA7012"/>
     <w:rsid w:val="00AC47F8"/>
+    <w:rsid w:val="00AC536D"/>
     <w:rsid w:val="00AC7AB0"/>
     <w:rsid w:val="00AD709A"/>
     <w:rsid w:val="00AD79B3"/>
+    <w:rsid w:val="00AE4A89"/>
     <w:rsid w:val="00AF181F"/>
     <w:rsid w:val="00AF70A3"/>
     <w:rsid w:val="00B0406D"/>
     <w:rsid w:val="00B07E42"/>
     <w:rsid w:val="00B1445D"/>
     <w:rsid w:val="00B1516A"/>
+    <w:rsid w:val="00B15767"/>
     <w:rsid w:val="00B15A10"/>
     <w:rsid w:val="00B20612"/>
     <w:rsid w:val="00B215FC"/>
     <w:rsid w:val="00B2359E"/>
     <w:rsid w:val="00B31EF3"/>
     <w:rsid w:val="00B35A9F"/>
     <w:rsid w:val="00B513C6"/>
     <w:rsid w:val="00B654DA"/>
     <w:rsid w:val="00B73BC8"/>
+    <w:rsid w:val="00B770F8"/>
     <w:rsid w:val="00BA56E3"/>
     <w:rsid w:val="00BB0ABD"/>
     <w:rsid w:val="00BB6EF9"/>
     <w:rsid w:val="00BD0268"/>
     <w:rsid w:val="00BD229A"/>
     <w:rsid w:val="00BE71E8"/>
     <w:rsid w:val="00BF0803"/>
+    <w:rsid w:val="00BF373B"/>
     <w:rsid w:val="00BF6399"/>
     <w:rsid w:val="00C02FBD"/>
     <w:rsid w:val="00C05463"/>
     <w:rsid w:val="00C10387"/>
     <w:rsid w:val="00C16A22"/>
     <w:rsid w:val="00C303F1"/>
     <w:rsid w:val="00C32440"/>
     <w:rsid w:val="00C32C2F"/>
     <w:rsid w:val="00C4566E"/>
     <w:rsid w:val="00C60FAB"/>
     <w:rsid w:val="00C61E1C"/>
     <w:rsid w:val="00C6401F"/>
     <w:rsid w:val="00C6774B"/>
     <w:rsid w:val="00C67AD5"/>
     <w:rsid w:val="00C90FFD"/>
     <w:rsid w:val="00CA5898"/>
     <w:rsid w:val="00CA6BB1"/>
     <w:rsid w:val="00CB6318"/>
     <w:rsid w:val="00CB7D0B"/>
     <w:rsid w:val="00CD0F76"/>
     <w:rsid w:val="00CD4B94"/>
     <w:rsid w:val="00CD5510"/>
     <w:rsid w:val="00CF08DE"/>
     <w:rsid w:val="00CF0DFF"/>
     <w:rsid w:val="00CF54EA"/>
+    <w:rsid w:val="00D04A47"/>
     <w:rsid w:val="00D04DBE"/>
     <w:rsid w:val="00D05C2E"/>
     <w:rsid w:val="00D3748E"/>
     <w:rsid w:val="00D4457E"/>
     <w:rsid w:val="00D54BA6"/>
     <w:rsid w:val="00D56185"/>
     <w:rsid w:val="00D60FB3"/>
     <w:rsid w:val="00D656B0"/>
     <w:rsid w:val="00D73E6C"/>
     <w:rsid w:val="00D7649C"/>
     <w:rsid w:val="00D8021D"/>
+    <w:rsid w:val="00D843E5"/>
     <w:rsid w:val="00DA770A"/>
     <w:rsid w:val="00DC54FC"/>
     <w:rsid w:val="00DD4B12"/>
     <w:rsid w:val="00DD7058"/>
     <w:rsid w:val="00DE1C98"/>
     <w:rsid w:val="00DE1FCB"/>
     <w:rsid w:val="00DE54CE"/>
     <w:rsid w:val="00DE63FA"/>
     <w:rsid w:val="00E02F38"/>
     <w:rsid w:val="00E10998"/>
     <w:rsid w:val="00E2426C"/>
     <w:rsid w:val="00E34F3C"/>
     <w:rsid w:val="00E36B54"/>
     <w:rsid w:val="00E471BE"/>
     <w:rsid w:val="00E54FD7"/>
     <w:rsid w:val="00E572BC"/>
     <w:rsid w:val="00E638AA"/>
     <w:rsid w:val="00E7208E"/>
     <w:rsid w:val="00E83F80"/>
     <w:rsid w:val="00E87768"/>
     <w:rsid w:val="00E94B59"/>
     <w:rsid w:val="00EC66A0"/>
     <w:rsid w:val="00EE5BFE"/>
     <w:rsid w:val="00EF1C11"/>
     <w:rsid w:val="00EF5E76"/>
     <w:rsid w:val="00F00576"/>
+    <w:rsid w:val="00F02FAD"/>
     <w:rsid w:val="00F043AD"/>
     <w:rsid w:val="00F04CCB"/>
     <w:rsid w:val="00F15A68"/>
     <w:rsid w:val="00F3277B"/>
     <w:rsid w:val="00F62311"/>
     <w:rsid w:val="00F657F9"/>
+    <w:rsid w:val="00F81E03"/>
     <w:rsid w:val="00F96CAC"/>
     <w:rsid w:val="00FB035E"/>
+    <w:rsid w:val="00FB3DF3"/>
     <w:rsid w:val="00FD09DB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
@@ -6843,51 +6880,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="391663500">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/media/imperial-college/administration-and-support-services/international-relations-office/public/Imperial-Global-Connect-Fund-Guidance.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:globalseedfunds@imperial.ac.uk?subject=IG%20Connect%20Fund%20application" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/media/imperial-college/administration-and-support-services/international-relations-office/public/Imperial-Global-Connect-Fund-Guidance.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/media/imperial-college/about/sustainability/Imperial_Sustainability_Strategy_2021-26.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/equality/governance-and-leadership/strategy/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/media/imperial-college/administration-and-support-services/international-relations-office/public/Imperial-Global-Connect-Fund-Guidance.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:globalseedfunds@imperial.ac.uk?subject=IG%20Connect%20Fund%20application" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/media/imperial-college/administration-and-support-services/international-relations-office/public/Imperial-Global-Connect-Fund-Guidance.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/media/imperial-college/about/sustainability/Imperial_Sustainability_Strategy_2021-26.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imperial.ac.uk/equality/governance-and-leadership/strategy/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -7158,78 +7195,94 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A2EE424889053E43ACEB49719059E013" ma:contentTypeVersion="19" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="62df6e39ce45f7a9ef422cd06b963306">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac" xmlns:ns3="6193950b-37d2-42c3-885a-e8ff93c60b32" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2f7d7fe4d97a67dde2ce1208c87308bc" ns2:_="" ns3:_="">
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A2EE424889053E43ACEB49719059E013" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ae6881f64b76efc6dfd743c2aa04d9d4">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac" xmlns:ns3="6193950b-37d2-42c3-885a-e8ff93c60b32" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="021444d87e8e70ab043c315333f0dc46" ns2:_="" ns3:_="">
     <xsd:import namespace="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac"/>
     <xsd:import namespace="6193950b-37d2-42c3-885a-e8ff93c60b32"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:Expiry" minOccurs="0"/>
+                <xsd:element ref="ns2:Tidy" minOccurs="0"/>
+                <xsd:element ref="ns2:NewSharePointtidy" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -7275,50 +7328,71 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="20" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="22" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="74661dae-d6df-48fc-a54e-a577d2899e9c" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="24" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="25" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceBillingMetadata" ma:index="26" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Expiry" ma:index="27" nillable="true" ma:displayName="Expiry" ma:format="DateOnly" ma:internalName="Expiry">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Tidy" ma:index="28" nillable="true" ma:displayName="Tidy" ma:format="Dropdown" ma:internalName="Tidy">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="NewSharePointtidy" ma:index="29" nillable="true" ma:displayName="New SharePoint tidy" ma:format="Dropdown" ma:internalName="NewSharePointtidy">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Regions"/>
+          <xsd:enumeration value="Finance"/>
+          <xsd:enumeration value="Stakeholder Engagement"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6193950b-37d2-42c3-885a-e8ff93c60b32" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="12" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -7418,135 +7492,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="6193950b-37d2-42c3-885a-e8ff93c60b32" xsi:nil="true"/>
+    <NewSharePointtidy xmlns="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac" xsi:nil="true"/>
+    <Expiry xmlns="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac" xsi:nil="true"/>
+    <Tidy xmlns="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C5560AC9-A1C9-4562-A0A2-6EE988DEA937}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BA70B1F-8596-4238-A06D-C2E420B7F848}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A7100F19-979B-4D86-8AD0-423932B7FB2C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{74F7A2FB-20FF-4950-B14E-E539582C837F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac"/>
     <ds:schemaRef ds:uri="6193950b-37d2-42c3-885a-e8ff93c60b32"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...14 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1218A469-4812-45CB-B7DC-9D92AB517EDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="cb52b9ad-2b55-40a1-bef2-a7c9a21277ac"/>
     <ds:schemaRef ds:uri="6193950b-37d2-42c3-885a-e8ff93c60b32"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>702</Words>
-  <Characters>4007</Characters>
+  <Words>659</Words>
+  <Characters>4157</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>109</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4700</CharactersWithSpaces>
+  <CharactersWithSpaces>4760</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="30" baseType="variant">
       <vt:variant>
         <vt:i4>5505082</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>12</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:globalseedfunds@imperial.ac.uk</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6422640</vt:i4>
       </vt:variant>
       <vt:variant>